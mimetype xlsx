--- v0 (2025-11-27)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -111,50 +111,53 @@
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
     <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
@@ -667,176 +670,176 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
         <v>2018</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2019</v>
       </c>
       <c r="I4">
         <v>2019</v>
       </c>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H5">
         <v>2012</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="M5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="P5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">