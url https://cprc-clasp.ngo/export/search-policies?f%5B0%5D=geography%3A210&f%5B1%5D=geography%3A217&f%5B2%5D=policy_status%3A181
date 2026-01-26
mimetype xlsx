--- v0 (2025-11-29)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,311 +104,233 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...5 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
-    <t>NT 81.70 NT 81.71</t>
+    <t>ISO 5151:2010
+,   
+                    Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
-[...14 lines deleted...]
-    <t>Comparative Label</t>
+    <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
+    <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
-                    Egyptian Standard ES 4814.</t>
-[...15 lines deleted...]
-,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...5 lines deleted...]
-    <t>Storage Water Heaters</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
-[...13 lines deleted...]
-  <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...46 lines deleted...]
-  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
     <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
     <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
     <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>March 2022</t>
@@ -448,113 +370,90 @@
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14008</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
     <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
   </si>
   <si>
-    <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
-[...18 lines deleted...]
-  <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
     <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
     <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
     <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
@@ -966,73 +865,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P24"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="144.965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1109,1091 +1008,805 @@
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>48</v>
       </c>
       <c r="P5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>50</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>60</v>
       </c>
       <c r="P7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>62</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H8">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N8" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>74</v>
       </c>
       <c r="G9" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H9">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>75</v>
       </c>
       <c r="K9" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L9"/>
+        <v>76</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
       <c r="N9" t="s">
-        <v>27</v>
+        <v>79</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="H10">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="M10" t="s">
-        <v>35</v>
+        <v>88</v>
       </c>
       <c r="N10" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>94</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H11">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
       <c r="K11" t="s">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="M11" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
       <c r="N11" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>99</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>101</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>102</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>103</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H12">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12"/>
+      <c r="L12" t="s">
+        <v>104</v>
+      </c>
       <c r="M12" t="s">
-        <v>35</v>
+        <v>105</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>106</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>94</v>
+        <v>110</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H13">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="L13"/>
+      <c r="L13" t="s">
+        <v>111</v>
+      </c>
       <c r="M13" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>112</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>113</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>114</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>115</v>
       </c>
       <c r="C14" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
       <c r="D14" t="s">
-        <v>100</v>
+        <v>116</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H14">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>102</v>
+        <v>117</v>
       </c>
       <c r="K14" t="s">
-        <v>103</v>
+        <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="M14" t="s">
-        <v>105</v>
+        <v>78</v>
       </c>
       <c r="N14" t="s">
-        <v>106</v>
+        <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="P14" t="s">
-        <v>108</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>109</v>
+        <v>121</v>
       </c>
       <c r="B15" t="s">
-        <v>110</v>
+        <v>122</v>
       </c>
       <c r="C15" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D15" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="E15" t="s">
-        <v>112</v>
+        <v>85</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G15" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H15">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>33</v>
+        <v>124</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>114</v>
+        <v>78</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="P15" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="B16" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="C16" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
       <c r="D16" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="E16" t="s">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>21</v>
+        <v>129</v>
       </c>
       <c r="G16" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H16">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="K16" t="s">
-        <v>122</v>
+        <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="M16" t="s">
-        <v>105</v>
+        <v>132</v>
       </c>
       <c r="N16" t="s">
-        <v>124</v>
+        <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="P16" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="B17" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="C17" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D17" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="E17" t="s">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G17" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H17">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I17"/>
+        <v>2017</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
       <c r="J17" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="L17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>131</v>
+        <v>78</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="P17" t="s">
-        <v>133</v>
+        <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="B18" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="C18" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D18" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>21</v>
+        <v>142</v>
       </c>
       <c r="G18" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H18">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="M18" t="s">
-        <v>26</v>
+        <v>144</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="P18" t="s">
-        <v>139</v>
-[...51 lines deleted...]
-      <c r="A20" t="s">
         <v>146</v>
-      </c>
-[...231 lines deleted...]
-        <v>179</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">