--- v0 (2025-11-29)
+++ v1 (2026-01-27)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14011</t>
   </si>
   <si>
     <t>Directive 2010-30-EU</t>
   </si>
   <si>
     <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
   </si>
@@ -484,51 +484,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="901.209" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="81.266" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">