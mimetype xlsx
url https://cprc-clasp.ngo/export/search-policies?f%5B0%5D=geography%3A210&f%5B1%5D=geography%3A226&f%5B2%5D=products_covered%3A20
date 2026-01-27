--- v0 (2025-12-01)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
@@ -132,117 +132,120 @@
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
+  </si>
+  <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
+    <t>ECOWAS</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...22 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -568,55 +571,55 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="897.638" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="47.131" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -754,99 +757,99 @@
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>
@@ -900,73 +903,73 @@
       </c>
       <c r="P6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>56</v>
       </c>
       <c r="B7" t="s">
         <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>58</v>
       </c>
       <c r="D7" t="s">
         <v>59</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>60</v>
       </c>
       <c r="G7" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H7">
         <v>2017</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P7"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>