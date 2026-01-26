--- v0 (2025-11-26)
+++ v1 (2026-01-26)
@@ -12,236 +12,191 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...2 lines deleted...]
-    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>Storage Water Heaters</t>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
-  </si>
-[...19 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...31 lines deleted...]
-  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
     <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
   </si>
   <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
     <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
     <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
@@ -254,70 +209,50 @@
   <si>
     <t>https://www.eos.org.eg/en/standard/14008</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
     <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
-  </si>
-[...18 lines deleted...]
-    <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -621,73 +556,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P10"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="188.668" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="186.24" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="448.176" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="100.118" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -720,451 +655,263 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="L3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L3"/>
       <c r="M3" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H4">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="M4" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O4" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="P4" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>23</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5"/>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
       <c r="M5" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O5" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="P5" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
       <c r="M6" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O6" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="P6" t="s">
-        <v>55</v>
-[...43 lines deleted...]
-      <c r="O7" t="s">
         <v>62</v>
-      </c>
-[...145 lines deleted...]
-        <v>83</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">