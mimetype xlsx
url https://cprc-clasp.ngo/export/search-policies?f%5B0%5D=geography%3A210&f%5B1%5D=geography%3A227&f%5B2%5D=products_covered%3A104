--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,100 +80,103 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
@@ -545,51 +548,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="448.176" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="100.118" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -727,172 +730,172 @@
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H6">
         <v>2020</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="P6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">