--- v0 (2025-11-27)
+++ v1 (2026-01-24)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14011</t>
   </si>
   <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
     <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
   </si>
@@ -490,51 +490,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="186.24" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="448.176" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="100.118" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">