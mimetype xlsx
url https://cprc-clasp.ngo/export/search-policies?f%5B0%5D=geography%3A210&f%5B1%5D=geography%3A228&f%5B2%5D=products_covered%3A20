--- v0 (2025-11-13)
+++ v1 (2025-12-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="274">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="275">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
@@ -132,117 +132,120 @@
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
+  </si>
+  <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...22 lines deleted...]
-    <t>Voluntary</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-28-may-2014-2014-314-eu</t>
   </si>
   <si>
     <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
   </si>
   <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
     <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
   </si>
   <si>
     <t>Heat Pumps</t>
   </si>
@@ -292,57 +295,57 @@
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
     <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-supplementing-directive-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2015/1187/contents/2015-04-27</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
   </si>
   <si>
     <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
   </si>
   <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>EN 308:1997</t>
   </si>
@@ -1216,51 +1219,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1398,99 +1401,99 @@
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>
@@ -1544,1974 +1547,1974 @@
       </c>
       <c r="P6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>56</v>
       </c>
       <c r="B7" t="s">
         <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>58</v>
       </c>
       <c r="D7" t="s">
         <v>59</v>
       </c>
       <c r="E7" t="s">
         <v>60</v>
       </c>
       <c r="F7" t="s">
         <v>43</v>
       </c>
       <c r="G7" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H7">
         <v>2014</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C8" t="s">
         <v>58</v>
       </c>
       <c r="D8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E8" t="s">
         <v>60</v>
       </c>
       <c r="F8" t="s">
         <v>43</v>
       </c>
       <c r="G8" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H8">
         <v>2014</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="L8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C9" t="s">
         <v>58</v>
       </c>
       <c r="D9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E9" t="s">
         <v>60</v>
       </c>
       <c r="F9" t="s">
         <v>43</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H9">
         <v>2007</v>
       </c>
       <c r="I9">
         <v>2014</v>
       </c>
       <c r="J9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="K9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="L9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H10">
         <v>2015</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L10"/>
       <c r="M10"/>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C11" t="s">
         <v>58</v>
       </c>
       <c r="D11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H11">
         <v>2015</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="P11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C12" t="s">
         <v>58</v>
       </c>
       <c r="D12" t="s">
         <v>59</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H12">
         <v>2015</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B13" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C13" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D13" t="s">
         <v>59</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H13">
         <v>2015</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K13" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L13"/>
       <c r="M13"/>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B14" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C14" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D14" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H14">
         <v>2014</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M14"/>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C15" t="s">
         <v>58</v>
       </c>
       <c r="D15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H15">
         <v>2014</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B16" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C16" t="s">
         <v>58</v>
       </c>
       <c r="D16" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H16">
         <v>2011</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P16" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B17" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C17" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D17" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H17">
         <v>2011</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17"/>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P17" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B18" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C18" t="s">
         <v>58</v>
       </c>
       <c r="D18" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H18">
         <v>2013</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K18" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P18" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B19" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C19" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D19" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H19">
         <v>2013</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K19" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="P19" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B20" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C20" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D20" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>51</v>
       </c>
       <c r="G20" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="H20">
         <v>2015</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K20" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="P20" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B21" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C21" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D21" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>51</v>
       </c>
       <c r="G21" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="H21">
         <v>2015</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K21" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P21" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B22" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C22" t="s">
         <v>58</v>
       </c>
       <c r="D22" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>51</v>
       </c>
       <c r="G22" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="H22">
         <v>2015</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K22" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="P22" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B23" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C23" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D23" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>51</v>
       </c>
       <c r="G23" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H23">
         <v>2015</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K23" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="P23" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B24" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C24" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D24" t="s">
         <v>59</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>51</v>
       </c>
       <c r="G24" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H24">
         <v>2015</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K24" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="P24" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B25" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C25" t="s">
         <v>58</v>
       </c>
       <c r="D25" t="s">
         <v>59</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>51</v>
       </c>
       <c r="G25" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H25">
         <v>2015</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K25" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P25" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B26" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C26" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D26" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>51</v>
       </c>
       <c r="G26" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H26">
         <v>2016</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26"/>
       <c r="N26" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="O26" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="P26" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B27" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C27" t="s">
         <v>58</v>
       </c>
       <c r="D27" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>51</v>
       </c>
       <c r="G27" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H27">
         <v>2016</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N27" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="O27" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="P27" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B28" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C28" t="s">
         <v>58</v>
       </c>
       <c r="D28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>51</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H28">
         <v>2015</v>
       </c>
       <c r="I28">
         <v>2024</v>
       </c>
       <c r="J28" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="K28" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="P28" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B29" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C29" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D29" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>51</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H29">
         <v>2024</v>
       </c>
       <c r="I29">
         <v>2024</v>
       </c>
       <c r="J29" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N29" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="O29" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P29" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B30" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C30" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D30" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>51</v>
       </c>
       <c r="G30" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H30">
         <v>2014</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M30"/>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="P30" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B31" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C31" t="s">
         <v>58</v>
       </c>
       <c r="D31" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>51</v>
       </c>
       <c r="G31" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H31">
         <v>2014</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M31" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="P31" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B32" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C32" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D32" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>51</v>
       </c>
       <c r="G32" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P32" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B33" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C33" t="s">
         <v>58</v>
       </c>
       <c r="D33" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>51</v>
       </c>
       <c r="G33" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H33">
         <v>2012</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="P33" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B34" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C34" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D34" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>51</v>
       </c>
       <c r="G34" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H34">
         <v>2011</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34"/>
       <c r="N34" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="O34" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="P34" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B35" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C35" t="s">
         <v>58</v>
       </c>
       <c r="D35" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>51</v>
       </c>
       <c r="G35" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H35">
         <v>2011</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N35" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="O35" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P35" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B36" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C36" t="s">
         <v>58</v>
       </c>
       <c r="D36" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>51</v>
       </c>
       <c r="G36" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H36">
         <v>1992</v>
       </c>
       <c r="I36">
         <v>2013</v>
       </c>
       <c r="J36" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="K36" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="P36" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B37" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C37" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D37" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>51</v>
       </c>
       <c r="G37" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H37">
         <v>1992</v>
       </c>
       <c r="I37">
         <v>2013</v>
       </c>
       <c r="J37" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="K37" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="P37" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B38" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C38" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D38" t="s">
         <v>37</v>
       </c>
       <c r="E38" t="s">
         <v>60</v>
       </c>
       <c r="F38" t="s">
         <v>43</v>
       </c>
       <c r="G38" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H38">
         <v>2016</v>
       </c>
       <c r="I38">
         <v>2020</v>
       </c>
       <c r="J38" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="M38" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="P38" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B39" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C39" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D39" t="s">
         <v>37</v>
       </c>
       <c r="E39" t="s">
         <v>60</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H39"/>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="P39" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B40" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C40" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D40" t="s">
         <v>59</v>
       </c>
       <c r="E40" t="s">
         <v>60</v>
       </c>
       <c r="F40" t="s">
         <v>43</v>
       </c>
       <c r="G40" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H40">
         <v>2015</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K40" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="L40" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="M40" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="P40" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B41" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C41" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D41" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E41" t="s">
         <v>60</v>
       </c>
       <c r="F41" t="s">
         <v>43</v>
       </c>
       <c r="G41" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H41">
         <v>2015</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="P41" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B42" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C42" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D42" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E42" t="s">
         <v>60</v>
       </c>
       <c r="F42" t="s">
         <v>51</v>
       </c>
       <c r="G42" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H42">
         <v>1987</v>
       </c>
       <c r="I42">
         <v>1988</v>
       </c>
       <c r="J42" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="M42" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="P42" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B43" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C43" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D43" t="s">
         <v>59</v>
       </c>
       <c r="E43" t="s">
         <v>60</v>
       </c>
       <c r="F43" t="s">
         <v>51</v>
       </c>
       <c r="G43" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H43">
         <v>2011</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="K43" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="P43" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B44" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C44" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D44" t="s">
         <v>37</v>
       </c>
       <c r="E44" t="s">
         <v>60</v>
       </c>
       <c r="F44" t="s">
         <v>51</v>
       </c>
       <c r="G44" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H44">
         <v>1986</v>
       </c>
       <c r="I44">
         <v>1988</v>
       </c>
       <c r="J44" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="P44" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B45" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C45" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D45" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E45" t="s">
         <v>60</v>
       </c>
       <c r="F45" t="s">
         <v>51</v>
       </c>
       <c r="G45" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H45">
         <v>1986</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="M45" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="P45" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B46" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C46" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D46" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E46" t="s">
         <v>60</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H46">
         <v>2012</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="K46" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="L46" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="M46" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="P46" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B47" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C47" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D47" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E47" t="s">
         <v>60</v>
       </c>
       <c r="F47" t="s">
         <v>43</v>
       </c>
       <c r="G47" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H47">
         <v>2014</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="M47" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="P47" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B48" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C48" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D48" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="G48" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H48">
         <v>2017</v>
       </c>
       <c r="I48">
         <v>2021</v>
       </c>
       <c r="J48" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="K48" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="L48" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="M48" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="N48" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="O48" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="P48" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">