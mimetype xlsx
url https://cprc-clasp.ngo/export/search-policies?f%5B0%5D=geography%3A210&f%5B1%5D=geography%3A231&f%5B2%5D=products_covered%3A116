--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,87 +80,90 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>Window Fans</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...34 lines deleted...]
-    <t>Voluntary</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/12848/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -623,76 +626,76 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>34</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3">
         <v>1986</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">