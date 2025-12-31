--- v0 (2025-11-09)
+++ v1 (2025-12-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,105 +80,108 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
+    <t>Federal Law No. 261-FZ</t>
+  </si>
+  <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>Russian Energy Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/federal-law-no-261-fz</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
+    <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
+  </si>
+  <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
     <t>Entered into force, Revised</t>
-  </si>
-[...52 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/8716/</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
     <t>Low-pressure lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
     <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
   </si>
@@ -717,172 +720,172 @@
       </c>
       <c r="P3" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" t="s">
         <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>32</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H4">
         <v>1999</v>
       </c>
       <c r="I4">
         <v>2000</v>
       </c>
       <c r="J4" t="s">
         <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>32</v>
       </c>
       <c r="F5" t="s">
         <v>40</v>
       </c>
       <c r="G5" t="s">
         <v>33</v>
       </c>
       <c r="H5">
         <v>2011</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>34</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E6" t="s">
         <v>32</v>
       </c>
       <c r="F6" t="s">
         <v>40</v>
       </c>
       <c r="G6" t="s">
         <v>33</v>
       </c>
       <c r="H6">
         <v>2012</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>34</v>
       </c>
       <c r="K6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="M6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">