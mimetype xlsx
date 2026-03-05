--- v0 (2025-11-27)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,183 +104,150 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...5 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...22 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
-  </si>
-[...13 lines deleted...]
-    <t>http://www.eos.org.eg/en/standard/14011</t>
   </si>
   <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
     <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
@@ -692,65 +659,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P13"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="798.519" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="94.263" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -835,575 +802,477 @@
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>48</v>
       </c>
       <c r="P5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>50</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>60</v>
       </c>
       <c r="P7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>62</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
       <c r="D8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2003</v>
+        <v>2010</v>
       </c>
       <c r="I8">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="K8" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>69</v>
       </c>
       <c r="N8" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>75</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2008</v>
+        <v>1994</v>
       </c>
       <c r="I9">
         <v>2020</v>
       </c>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>77</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9"/>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>79</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="P9" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>83</v>
       </c>
       <c r="C10" t="s">
         <v>75</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="E10" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="F10" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2010</v>
+        <v>2001</v>
       </c>
       <c r="I10">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="J10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
         <v>79</v>
       </c>
-      <c r="L10"/>
-[...2 lines deleted...]
-      </c>
       <c r="N10" t="s">
-        <v>81</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="P10" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B11" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C11" t="s">
-        <v>86</v>
+        <v>64</v>
       </c>
       <c r="D11" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="E11" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>58</v>
+        <v>91</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>1994</v>
+        <v>2017</v>
       </c>
       <c r="I11">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="J11" t="s">
-        <v>88</v>
+        <v>67</v>
       </c>
       <c r="K11" t="s">
-        <v>24</v>
+        <v>92</v>
       </c>
       <c r="L11" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="M11" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="N11" t="s">
-        <v>27</v>
+        <v>95</v>
       </c>
       <c r="O11" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="P11" t="s">
-        <v>92</v>
-[...45 lines deleted...]
-      <c r="O12" t="s">
         <v>97</v>
-      </c>
-[...51 lines deleted...]
-        <v>108</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">