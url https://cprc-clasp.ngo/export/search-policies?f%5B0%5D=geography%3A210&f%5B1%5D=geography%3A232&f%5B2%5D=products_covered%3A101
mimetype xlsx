--- v0 (2025-11-08)
+++ v1 (2025-12-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,89 +80,92 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
 </sst>
 </file>
 
@@ -501,51 +504,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="179.242" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="245.226" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="83.694" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -633,78 +636,78 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3">
         <v>2017</v>
       </c>
       <c r="I3">
         <v>2021</v>
       </c>
       <c r="J3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="L3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="M3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="N3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="O3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="P3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">