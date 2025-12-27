--- v0 (2025-11-07)
+++ v1 (2025-12-27)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/6413</t>
   </si>
   <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
     <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
   </si>