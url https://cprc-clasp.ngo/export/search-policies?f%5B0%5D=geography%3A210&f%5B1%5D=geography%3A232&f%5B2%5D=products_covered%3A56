--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>