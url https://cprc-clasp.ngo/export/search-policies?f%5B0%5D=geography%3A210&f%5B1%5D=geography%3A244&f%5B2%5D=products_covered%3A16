--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,132 +80,135 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
+    <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
+  </si>
+  <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>Power strips</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
+  </si>
+  <si>
+    <t>Umweltbundesamt -Federal Environment Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
+  </si>
+  <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
+    <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
+  </si>
+  <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
+    <t>Computers</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
+  </si>
+  <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
+    <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
+  </si>
+  <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
+    <t>Paper Shredders</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...79 lines deleted...]
-    <t>Paper Shredders</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
     <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
   </si>
   <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
     <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
   </si>
   <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
     <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
   </si>
@@ -860,360 +863,360 @@
       </c>
       <c r="P4" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>47</v>
       </c>
       <c r="B5" t="s">
         <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>49</v>
       </c>
       <c r="E5" t="s">
         <v>33</v>
       </c>
       <c r="F5" t="s">
         <v>34</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="H5">
         <v>2018</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>38</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>34</v>
       </c>
       <c r="G6" t="s">
         <v>35</v>
       </c>
       <c r="H6">
         <v>2010</v>
       </c>
       <c r="I6">
         <v>2014</v>
       </c>
       <c r="J6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>38</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C7" t="s">
         <v>31</v>
       </c>
       <c r="D7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E7" t="s">
         <v>33</v>
       </c>
       <c r="F7" t="s">
         <v>34</v>
       </c>
       <c r="G7" t="s">
         <v>35</v>
       </c>
       <c r="H7">
         <v>2014</v>
       </c>
       <c r="I7">
         <v>2020</v>
       </c>
       <c r="J7" t="s">
         <v>36</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>38</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C8" t="s">
         <v>31</v>
       </c>
       <c r="D8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E8" t="s">
         <v>33</v>
       </c>
       <c r="F8" t="s">
         <v>34</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="H8">
         <v>2019</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>38</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C9" t="s">
         <v>31</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E9" t="s">
         <v>33</v>
       </c>
       <c r="F9" t="s">
         <v>34</v>
       </c>
       <c r="G9" t="s">
         <v>35</v>
       </c>
       <c r="H9">
         <v>2014</v>
       </c>
       <c r="I9">
         <v>2020</v>
       </c>
       <c r="J9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>38</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E10" t="s">
         <v>33</v>
       </c>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10" t="s">
         <v>35</v>
       </c>
       <c r="H10">
         <v>2017</v>
       </c>
       <c r="I10">
         <v>2020</v>
       </c>
       <c r="J10" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>38</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2017</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>23</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">