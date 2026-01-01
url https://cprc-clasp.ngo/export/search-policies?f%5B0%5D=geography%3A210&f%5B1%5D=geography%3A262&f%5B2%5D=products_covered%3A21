--- v0 (2025-11-07)
+++ v1 (2026-01-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,85 +80,88 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/6413</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.
 This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0812-20180426</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
   </si>
   <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products
 This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
   </si>
   <si>
     <t>August 2023</t>
@@ -638,122 +641,122 @@
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>31</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2013</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2013</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">