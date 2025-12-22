--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -119,51 +119,51 @@
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14349</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
   </si>
   <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>Comparative Label</t>