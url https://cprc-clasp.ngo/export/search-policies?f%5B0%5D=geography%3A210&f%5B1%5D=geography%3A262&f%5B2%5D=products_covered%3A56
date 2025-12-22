--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -112,50 +112,53 @@
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
     <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
 Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
 The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
@@ -641,120 +644,120 @@
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>31</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2017</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2014</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">