--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,165 +80,168 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>Industrial Fans</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>JS 2107</t>
+  </si>
+  <si>
+    <t>National Energy Research Centre (NERC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
+  </si>
+  <si>
+    <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
+    <t>JS 2112</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
+    <t>National Energy Efficiency and Conservation Policy 2023</t>
+  </si>
+  <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
+    <t>Pakistan</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...112 lines deleted...]
-    <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
     <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -849,74 +852,74 @@
       </c>
       <c r="P5" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>55</v>
       </c>
       <c r="B6" t="s">
         <v>56</v>
       </c>
       <c r="C6" t="s">
         <v>57</v>
       </c>
       <c r="D6" t="s">
         <v>58</v>
       </c>
       <c r="E6" t="s">
         <v>59</v>
       </c>
       <c r="F6" t="s">
         <v>60</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H6">
         <v>2023</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N6" t="s">
         <v>39</v>
       </c>
       <c r="O6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">