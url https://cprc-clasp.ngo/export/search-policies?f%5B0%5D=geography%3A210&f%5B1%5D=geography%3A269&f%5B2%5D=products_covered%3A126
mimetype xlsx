--- v0 (2025-11-10)
+++ v1 (2026-01-02)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/6413</t>
   </si>
   <si>
     <t>SASO 2884:2017 MEPS and labeling schemes for water heaters</t>
   </si>
   <si>
     <t>This standard applies to:</t>
   </si>