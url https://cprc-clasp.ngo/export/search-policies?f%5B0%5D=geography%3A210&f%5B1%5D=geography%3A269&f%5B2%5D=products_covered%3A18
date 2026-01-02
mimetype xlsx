--- v0 (2025-11-07)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -111,50 +111,53 @@
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
   </si>
   <si>
     <t>This standard applies to:</t>
   </si>
   <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
@@ -646,128 +649,128 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
         <v>2018</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2007</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">