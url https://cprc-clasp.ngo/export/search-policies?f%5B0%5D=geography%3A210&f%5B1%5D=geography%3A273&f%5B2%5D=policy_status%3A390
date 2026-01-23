--- v0 (2025-11-29)
+++ v1 (2026-01-23)
@@ -12,215 +12,170 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...2 lines deleted...]
-    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>Storage Water Heaters</t>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
-  </si>
-[...19 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...31 lines deleted...]
-  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
@@ -250,74 +205,57 @@
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
     <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
   </si>
   <si>
-    <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
-[...18 lines deleted...]
-  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
   </si>
   <si>
     <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
@@ -809,73 +747,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P18"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="188.668" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="167.388" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="718.396" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="139.109" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="109.545" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -908,833 +846,645 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>23</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="L4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O4" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>23</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5"/>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
       <c r="M5" t="s">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O5" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="E6" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="M6" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="B7" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="D7" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="L7"/>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
       <c r="M7" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O7" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="P7" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B8" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="D8" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>72</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="M8" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O8" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="P8" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="B9" t="s">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="D9" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="K9" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>73</v>
+        <v>44</v>
       </c>
       <c r="N9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="P9" t="s">
-        <v>75</v>
+        <v>83</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="B10" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="D10" t="s">
-        <v>78</v>
+        <v>42</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>72</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I10"/>
+        <v>2014</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
       <c r="J10" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="M10" t="s">
-        <v>73</v>
+        <v>44</v>
       </c>
       <c r="N10" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O10" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="P10" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="B11" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="C11" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="D11" t="s">
-        <v>44</v>
+        <v>91</v>
       </c>
       <c r="E11" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>84</v>
+        <v>72</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I11"/>
+        <v>2014</v>
+      </c>
+      <c r="I11">
+        <v>2024</v>
+      </c>
       <c r="J11" t="s">
-        <v>85</v>
+        <v>73</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="M11" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="N11" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O11" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="P11" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="B12" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="C12" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="D12" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F12" t="s">
-        <v>92</v>
+        <v>64</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>98</v>
       </c>
       <c r="H12">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>93</v>
+        <v>65</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="M12" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="N12" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O12" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="P12" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="B13" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="C13" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="D13" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="E13" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="F13" t="s">
-        <v>84</v>
+        <v>105</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="H13">
-[...1 lines deleted...]
-      </c>
+      <c r="H13"/>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>85</v>
+        <v>65</v>
       </c>
       <c r="K13" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="L13"/>
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>106</v>
+      </c>
       <c r="M13" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="N13" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="O13" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="P13" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="B14" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="C14" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>57</v>
+        <v>111</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>92</v>
+        <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>93</v>
+        <v>112</v>
       </c>
       <c r="K14" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="N14" t="s">
-        <v>26</v>
+        <v>114</v>
       </c>
       <c r="O14" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="P14" t="s">
-        <v>108</v>
-[...56 lines deleted...]
-      <c r="B16" t="s">
         <v>116</v>
-      </c>
-[...130 lines deleted...]
-        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">