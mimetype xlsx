--- v0 (2025-11-06)
+++ v1 (2025-12-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14349</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
@@ -137,50 +137,53 @@
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
   </si>
   <si>
     <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
@@ -729,122 +732,122 @@
       </c>
       <c r="P3" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>36</v>
       </c>
       <c r="B4" t="s">
         <v>37</v>
       </c>
       <c r="C4" t="s">
         <v>38</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>39</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H4">
         <v>2017</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>38</v>
       </c>
       <c r="D5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H5">
         <v>2019</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="P5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">