--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,120 +80,123 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
+    <t>National Energy Efficiency and Conservation Policy 2023</t>
+  </si>
+  <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
+    <t>Pakistan</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, LPG</t>
+  </si>
+  <si>
+    <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
+  </si>
+  <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
+    <t>Pakistan Energy Labels for LED Lights</t>
+  </si>
+  <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>Entered into force, Revised</t>
-  </si>
-[...67 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
     <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
   </si>
   <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
     <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
@@ -723,126 +726,126 @@
       </c>
       <c r="P3" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>42</v>
       </c>
       <c r="B4" t="s">
         <v>43</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4" t="s">
         <v>44</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>45</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="H4">
         <v>2020</v>
       </c>
       <c r="I4">
         <v>2024</v>
       </c>
       <c r="J4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="M4" t="s">
         <v>38</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="P4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F5" t="s">
         <v>34</v>
       </c>
       <c r="G5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H5">
         <v>2014</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>36</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M5" t="s">
         <v>38</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">