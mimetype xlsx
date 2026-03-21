--- v0 (2025-11-28)
+++ v1 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,87 +80,90 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>ICS 23.080</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standards and Quality</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
+  </si>
+  <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
+  </si>
+  <si>
+    <t>Pakistan</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...34 lines deleted...]
-    <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
@@ -551,51 +554,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="718.396" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="137.966" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="108.402" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -681,170 +684,170 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3">
         <v>2017</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
         <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>34</v>
       </c>
       <c r="G4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H4">
         <v>2014</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="M4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
         <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="P5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">