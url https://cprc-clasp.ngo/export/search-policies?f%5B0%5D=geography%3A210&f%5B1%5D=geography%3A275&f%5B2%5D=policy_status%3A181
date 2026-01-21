--- v0 (2025-11-26)
+++ v1 (2026-01-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="277">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="249">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,273 +104,195 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...5 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...22 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...5 lines deleted...]
-    <t>Storage Water Heaters</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Entered into force, New</t>
-  </si>
-[...13 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...46 lines deleted...]
-  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
     <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
@@ -382,70 +304,50 @@
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14008</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
     <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
   </si>
   <si>
-    <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
-[...18 lines deleted...]
-  <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
     <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
@@ -559,50 +461,53 @@
     <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
     <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
     <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
   </si>
   <si>
     <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
@@ -714,50 +619,53 @@
   <si>
     <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Household Laundry Environmentally Friendly Design of Household Washing Machines and Dryers Communiqué on Requirements (2019/2023/EU) (SGM:2021/3)</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-household-laundry-environmentally-friendly-design</t>
   </si>
   <si>
     <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-4.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
   </si>
   <si>
     <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
   </si>
   <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
   <si>
     <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
   </si>
   <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
@@ -837,69 +745,75 @@
   <si>
     <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
     <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
   </si>
   <si>
     <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No. 26897</t>
   </si>
   <si>
     <t>This Regulation provides minimum energy efficiency and labeling for new hot water boilers with nominal output power less than 4 kW and not more than 400 kW</t>
   </si>
   <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Council Directive 92/42/EEC of 21 May 1992</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-26897</t>
   </si>
   <si>
     <t>http://www.yegm.gov.tr/verimlilik/document/Sicaksu_Kazanlarinin_Verimlilik_Yonetmeligi.doc</t>
   </si>
   <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
     <t>Television set or a television monitor</t>
+  </si>
+  <si>
+    <t>Televisions</t>
   </si>
   <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
     <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1212,65 +1126,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P45"/>
+  <dimension ref="A1:P39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="119.114" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1355,2117 +1269,1831 @@
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>48</v>
       </c>
       <c r="P5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>50</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>60</v>
       </c>
       <c r="P7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>62</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H8">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N8" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="H9">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9"/>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H10">
-        <v>2009</v>
+        <v>2014</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="M10" t="s">
-        <v>35</v>
+        <v>83</v>
       </c>
       <c r="N10" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H11">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="M11" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H12">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12"/>
+      <c r="L12" t="s">
+        <v>97</v>
+      </c>
       <c r="M12" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="P12"/>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="D13" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F13" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H13">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I13"/>
+        <v>2002</v>
+      </c>
+      <c r="I13">
+        <v>2015</v>
+      </c>
       <c r="J13" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="K13" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L13"/>
+        <v>104</v>
+      </c>
+      <c r="L13" t="s">
+        <v>105</v>
+      </c>
       <c r="M13" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="C14" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="D14" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="E14" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H14">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I14"/>
+        <v>2013</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
       <c r="J14" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="K14" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="L14" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="M14" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="P14" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="C15" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="D15" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="E15" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G15" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H15">
-        <v>2014</v>
+        <v>2006</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="M15" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="P15" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="B16" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="C16" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="D16" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G16" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H16">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I16"/>
+        <v>2011</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
       <c r="J16" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="K16" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="L16" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="M16" t="s">
-        <v>26</v>
+        <v>98</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="P16" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>118</v>
       </c>
       <c r="B17" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="C17" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="D17" t="s">
         <v>120</v>
       </c>
       <c r="E17" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17">
         <v>2017</v>
       </c>
-      <c r="I17"/>
       <c r="J17" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="K17" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="L17" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="M17" t="s">
-        <v>26</v>
+        <v>98</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="P17" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="B18" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C18" t="s">
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="D18" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="E18" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H18">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>128</v>
+        <v>96</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="M18" t="s">
-        <v>130</v>
+        <v>98</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>131</v>
       </c>
-      <c r="P18"/>
+      <c r="P18" t="s">
+        <v>123</v>
+      </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>132</v>
       </c>
       <c r="B19" t="s">
         <v>133</v>
       </c>
       <c r="C19" t="s">
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="D19" t="s">
+        <v>129</v>
+      </c>
+      <c r="E19" t="s">
+        <v>73</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>65</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>103</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
         <v>134</v>
       </c>
-      <c r="E19" t="s">
-[...14 lines deleted...]
-      <c r="J19" t="s">
+      <c r="M19" t="s">
+        <v>98</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
         <v>135</v>
       </c>
-      <c r="K19" t="s">
+      <c r="P19" t="s">
         <v>136</v>
-      </c>
-[...13 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B20" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C20" t="s">
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="D20" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="E20" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="I20">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="J20" t="s">
-        <v>135</v>
+        <v>96</v>
       </c>
       <c r="K20" t="s">
-        <v>136</v>
+        <v>24</v>
       </c>
       <c r="L20" t="s">
+        <v>140</v>
+      </c>
+      <c r="M20" t="s">
+        <v>98</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>141</v>
+      </c>
+      <c r="P20" t="s">
         <v>142</v>
-      </c>
-[...10 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>143</v>
+      </c>
+      <c r="B21" t="s">
         <v>144</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
+        <v>94</v>
+      </c>
+      <c r="D21" t="s">
         <v>145</v>
       </c>
-      <c r="C21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F21" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G21" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H21">
-        <v>2006</v>
-[...1 lines deleted...]
-      <c r="I21"/>
+        <v>2002</v>
+      </c>
+      <c r="I21">
+        <v>2021</v>
+      </c>
       <c r="J21" t="s">
-        <v>135</v>
+        <v>96</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
+        <v>146</v>
+      </c>
+      <c r="M21" t="s">
+        <v>98</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
         <v>147</v>
       </c>
-      <c r="M21" t="s">
-[...5 lines deleted...]
-      <c r="O21" t="s">
+      <c r="P21" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>149</v>
+      </c>
+      <c r="B22" t="s">
         <v>150</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
+        <v>94</v>
+      </c>
+      <c r="D22" t="s">
         <v>151</v>
       </c>
-      <c r="C22" t="s">
-[...2 lines deleted...]
-      <c r="D22" t="s">
+      <c r="E22" t="s">
+        <v>73</v>
+      </c>
+      <c r="F22" t="s">
+        <v>33</v>
+      </c>
+      <c r="G22" t="s">
+        <v>65</v>
+      </c>
+      <c r="H22">
+        <v>2021</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>96</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
         <v>152</v>
       </c>
-      <c r="E22" t="s">
-[...20 lines deleted...]
-      <c r="L22" t="s">
+      <c r="M22" t="s">
+        <v>98</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
         <v>153</v>
       </c>
-      <c r="M22" t="s">
-[...5 lines deleted...]
-      <c r="O22" t="s">
+      <c r="P22" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B23" t="s">
         <v>156</v>
       </c>
       <c r="C23" t="s">
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="D23" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="E23" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F23" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>158</v>
       </c>
       <c r="H23">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>128</v>
+        <v>96</v>
       </c>
       <c r="K23" t="s">
-        <v>136</v>
+        <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="M23" t="s">
-        <v>130</v>
+        <v>98</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="P23" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B24" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C24" t="s">
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="D24" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="E24" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H24">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I24"/>
+        <v>2011</v>
+      </c>
+      <c r="I24">
+        <v>2021</v>
+      </c>
       <c r="J24" t="s">
-        <v>128</v>
+        <v>96</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>162</v>
+        <v>140</v>
       </c>
       <c r="M24" t="s">
-        <v>130</v>
+        <v>98</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="P24" t="s">
-        <v>155</v>
+        <v>166</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="B25" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C25" t="s">
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="D25" t="s">
-        <v>161</v>
+        <v>145</v>
       </c>
       <c r="E25" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F25" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H25">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I25"/>
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2021</v>
+      </c>
       <c r="J25" t="s">
-        <v>135</v>
+        <v>96</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="M25" t="s">
-        <v>130</v>
+        <v>98</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="P25" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B26" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="C26" t="s">
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="D26" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="E26" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H26">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I26">
         <v>2021</v>
       </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>128</v>
+        <v>96</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="M26" t="s">
-        <v>130</v>
+        <v>98</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="P26" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B27" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C27" t="s">
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="D27" t="s">
-        <v>32</v>
+        <v>157</v>
       </c>
       <c r="E27" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F27" t="s">
-        <v>41</v>
+        <v>180</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H27">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="I27">
         <v>2021</v>
       </c>
+      <c r="I27"/>
       <c r="J27" t="s">
-        <v>128</v>
+        <v>96</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>177</v>
+        <v>159</v>
       </c>
       <c r="M27" t="s">
-        <v>130</v>
+        <v>98</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="P27" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B28" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C28" t="s">
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="D28" t="s">
-        <v>182</v>
+        <v>139</v>
       </c>
       <c r="E28" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F28" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G28" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H28">
+        <v>2002</v>
+      </c>
+      <c r="I28">
         <v>2021</v>
       </c>
-      <c r="I28"/>
       <c r="J28" t="s">
-        <v>128</v>
+        <v>96</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="M28" t="s">
-        <v>130</v>
+        <v>98</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="P28" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B29" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C29" t="s">
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="D29" t="s">
-        <v>188</v>
+        <v>164</v>
       </c>
       <c r="E29" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F29" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G29" t="s">
-        <v>189</v>
+        <v>22</v>
       </c>
       <c r="H29">
+        <v>2002</v>
+      </c>
+      <c r="I29">
         <v>2021</v>
       </c>
-      <c r="I29"/>
       <c r="J29" t="s">
-        <v>128</v>
+        <v>96</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
         <v>190</v>
       </c>
       <c r="M29" t="s">
-        <v>130</v>
+        <v>98</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>191</v>
       </c>
       <c r="P29" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>193</v>
       </c>
       <c r="B30" t="s">
         <v>194</v>
       </c>
       <c r="C30" t="s">
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="D30" t="s">
         <v>195</v>
       </c>
       <c r="E30" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F30" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="I30">
         <v>2021</v>
       </c>
       <c r="J30" t="s">
-        <v>128</v>
+        <v>96</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>172</v>
+        <v>196</v>
       </c>
       <c r="M30" t="s">
-        <v>130</v>
+        <v>98</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="P30" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B31" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C31" t="s">
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="D31" t="s">
-        <v>32</v>
+        <v>201</v>
       </c>
       <c r="E31" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H31">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I31">
         <v>2021</v>
       </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>128</v>
+        <v>96</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="M31" t="s">
-        <v>130</v>
+        <v>98</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>201</v>
-[...3 lines deleted...]
-      </c>
+        <v>203</v>
+      </c>
+      <c r="P31"/>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="B32" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="C32" t="s">
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="D32" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="E32" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H32">
         <v>2021</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>128</v>
+        <v>96</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="M32" t="s">
-        <v>130</v>
+        <v>98</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>207</v>
-[...3 lines deleted...]
-      </c>
+        <v>204</v>
+      </c>
+      <c r="P32"/>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="B33" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="C33" t="s">
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="D33" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="E33" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F33" t="s">
-        <v>211</v>
+        <v>33</v>
       </c>
       <c r="G33" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H33">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>128</v>
+        <v>96</v>
       </c>
       <c r="K33" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="L33" t="s">
-        <v>190</v>
+        <v>209</v>
       </c>
       <c r="M33" t="s">
-        <v>130</v>
+        <v>98</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="P33" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>212</v>
+      </c>
+      <c r="B34" t="s">
+        <v>213</v>
+      </c>
+      <c r="C34" t="s">
+        <v>94</v>
+      </c>
+      <c r="D34" t="s">
         <v>214</v>
       </c>
-      <c r="B34" t="s">
+      <c r="E34" t="s">
+        <v>73</v>
+      </c>
+      <c r="F34" t="s">
+        <v>33</v>
+      </c>
+      <c r="G34" t="s">
+        <v>65</v>
+      </c>
+      <c r="H34">
+        <v>2022</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>96</v>
+      </c>
+      <c r="K34" t="s">
         <v>215</v>
       </c>
-      <c r="C34" t="s">
-[...26 lines deleted...]
-      <c r="L34" t="s">
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>98</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
         <v>216</v>
       </c>
-      <c r="M34" t="s">
-[...5 lines deleted...]
-      <c r="O34" t="s">
+      <c r="P34" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>218</v>
+      </c>
+      <c r="B35" t="s">
         <v>219</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
+        <v>94</v>
+      </c>
+      <c r="D35" t="s">
+        <v>207</v>
+      </c>
+      <c r="E35" t="s">
+        <v>73</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>65</v>
+      </c>
+      <c r="H35">
+        <v>2022</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>96</v>
+      </c>
+      <c r="K35" t="s">
         <v>220</v>
-      </c>
-[...25 lines deleted...]
-        <v>24</v>
       </c>
       <c r="L35" t="s">
         <v>221</v>
       </c>
       <c r="M35" t="s">
-        <v>130</v>
+        <v>98</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
         <v>222</v>
       </c>
       <c r="P35" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>224</v>
       </c>
       <c r="B36" t="s">
         <v>225</v>
       </c>
       <c r="C36" t="s">
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="D36" t="s">
-        <v>89</v>
+        <v>214</v>
       </c>
       <c r="E36" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F36" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H36">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I36"/>
       <c r="J36" t="s">
-        <v>128</v>
+        <v>96</v>
       </c>
       <c r="K36" t="s">
-        <v>24</v>
+        <v>226</v>
       </c>
       <c r="L36" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="M36" t="s">
-        <v>130</v>
+        <v>98</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="P36" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B37" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C37" t="s">
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="D37" t="s">
-        <v>231</v>
+        <v>214</v>
       </c>
       <c r="E37" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H37">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>128</v>
+        <v>96</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
         <v>232</v>
       </c>
       <c r="M37" t="s">
-        <v>130</v>
+        <v>98</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
         <v>233</v>
       </c>
-      <c r="P37"/>
+      <c r="P37" t="s">
+        <v>234</v>
+      </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="B38" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="C38" t="s">
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="D38" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="E38" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F38" t="s">
-        <v>21</v>
+        <v>238</v>
       </c>
       <c r="G38" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H38">
-        <v>2021</v>
+        <v>2008</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>128</v>
+        <v>103</v>
       </c>
       <c r="K38" t="s">
-        <v>24</v>
+        <v>239</v>
       </c>
       <c r="L38" t="s">
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="M38" t="s">
-        <v>130</v>
+        <v>98</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>234</v>
-[...1 lines deleted...]
-      <c r="P38"/>
+        <v>241</v>
+      </c>
+      <c r="P38" t="s">
+        <v>242</v>
+      </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>235</v>
+        <v>243</v>
       </c>
       <c r="B39" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="C39" t="s">
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="D39" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="E39" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F39" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G39" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H39">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I39"/>
+        <v>2012</v>
+      </c>
+      <c r="I39">
+        <v>2015</v>
+      </c>
       <c r="J39" t="s">
-        <v>128</v>
+        <v>103</v>
       </c>
       <c r="K39" t="s">
-        <v>238</v>
+        <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="M39" t="s">
-        <v>130</v>
+        <v>98</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="P39" t="s">
-        <v>241</v>
-[...49 lines deleted...]
-      <c r="A41" t="s">
         <v>248</v>
-      </c>
-[...235 lines deleted...]
-        <v>276</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">