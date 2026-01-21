--- v0 (2025-12-01)
+++ v1 (2026-01-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,357 +104,330 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...5 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...22 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
-    <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
-[...2 lines deleted...]
-    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+    <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
+    <t>Turkey</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>EC 392-2012</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Natural Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-transposition-ec-392-2012</t>
+  </si>
+  <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/EV%20T%C4%B0P%C4%B0%20FIRINLARIN%20VE%20ASP%C4%B0RAT%C3%96RLER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 28648 | transposition of EC 932-2012</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
+    <t>EC 932-2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
+  </si>
+  <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
+    <t>Ovens, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
+    <t>EU 66-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2019/2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-3.htm</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2019/2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 31434 | Household Laundry Environmentally Friendly Design of Household Washing Machines and Dryers Communiqué on Requirements (2019/2023/EU) (SGM:2021/3)</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2019/2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-household-laundry-environmentally-friendly-design</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-4.htm</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
+  </si>
+  <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
-  </si>
-[...178 lines deleted...]
-    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
   <si>
     <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
     <t>Television set or a television monitor</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
@@ -785,65 +758,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P21"/>
+  <dimension ref="A1:P19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -928,977 +901,879 @@
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>48</v>
       </c>
       <c r="P5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>50</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>60</v>
       </c>
       <c r="P7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>62</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
       <c r="D8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="I8">
-        <v>2006</v>
+        <v>2015</v>
       </c>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="K8" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="I9">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="K9" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L9"/>
+        <v>68</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="P9" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C10" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="E10" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="I10">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J10" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="K10" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="L10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M10" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>82</v>
       </c>
       <c r="P10" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>77</v>
+      </c>
+      <c r="B11" t="s">
         <v>84</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D11" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="E11" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I11">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="J11" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="K11" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="L11" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="M11" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="P11" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
         <v>88</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
+        <v>64</v>
+      </c>
+      <c r="D12" t="s">
         <v>89</v>
       </c>
-      <c r="C12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="F12" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2011</v>
       </c>
       <c r="I12">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="J12" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="K12" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="M12" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="P12" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D13" t="s">
         <v>95</v>
       </c>
-      <c r="C13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="F13" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2015</v>
+        <v>2002</v>
       </c>
       <c r="I13">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="J13" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="K13" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="L13" t="s">
         <v>96</v>
       </c>
       <c r="M13" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>97</v>
       </c>
       <c r="P13" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B14" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C14" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D14" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E14" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2011</v>
       </c>
       <c r="I14">
         <v>2021</v>
       </c>
       <c r="J14" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>101</v>
+        <v>90</v>
       </c>
       <c r="M14" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>102</v>
       </c>
       <c r="P14" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>104</v>
       </c>
       <c r="B15" t="s">
         <v>105</v>
       </c>
       <c r="C15" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
       <c r="E15" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="F15" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="I15">
         <v>2021</v>
       </c>
       <c r="J15" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
         <v>106</v>
       </c>
       <c r="M15" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>107</v>
       </c>
       <c r="P15" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>109</v>
       </c>
       <c r="B16" t="s">
         <v>110</v>
       </c>
       <c r="C16" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D16" t="s">
-        <v>111</v>
+        <v>89</v>
       </c>
       <c r="E16" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="F16" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="I16">
         <v>2021</v>
       </c>
       <c r="J16" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="M16" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>112</v>
       </c>
       <c r="P16" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>114</v>
       </c>
       <c r="B17" t="s">
         <v>115</v>
       </c>
       <c r="C17" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D17" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
       <c r="E17" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="I17">
         <v>2021</v>
       </c>
       <c r="J17" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
         <v>116</v>
       </c>
       <c r="M17" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>117</v>
       </c>
       <c r="P17" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>119</v>
       </c>
       <c r="B18" t="s">
         <v>120</v>
       </c>
       <c r="C18" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D18" t="s">
-        <v>100</v>
+        <v>121</v>
       </c>
       <c r="E18" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="F18" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2002</v>
       </c>
       <c r="I18">
         <v>2021</v>
       </c>
       <c r="J18" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M18" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P18" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B19" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C19" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D19" t="s">
-        <v>111</v>
+        <v>127</v>
       </c>
       <c r="E19" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="F19" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="I19">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="J19" t="s">
-        <v>91</v>
+        <v>67</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="M19" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="P19" t="s">
-        <v>128</v>
-[...6 lines deleted...]
-      <c r="B20" t="s">
         <v>130</v>
-      </c>
-[...90 lines deleted...]
-        <v>139</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">