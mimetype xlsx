--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,114 +80,117 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 31434 |  Energy Labeling of Electronic Displays (2019/2013/EU) (SGM:2021/6)</t>
+  </si>
+  <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on electronic displays, including televisions, monitors, and digital signage displays. This policy applies to electronic displays with a screen area greater than 100 square centimeters. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2013 .</t>
+  </si>
+  <si>
+    <t>Turkey</t>
+  </si>
+  <si>
+    <t>Displays</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/2021</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Natural Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-electronic-displays-20192013eu-sgm20216</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-6.htm</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
+  </si>
+  <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
+    <t>High Energy Performance Standard</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...61 lines deleted...]
-    <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
     <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
     <t>Television set or a television monitor</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
@@ -708,126 +711,126 @@
       </c>
       <c r="P3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>41</v>
       </c>
       <c r="B4" t="s">
         <v>42</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>43</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H4">
         <v>2021</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>36</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>37</v>
       </c>
       <c r="M4" t="s">
         <v>38</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>33</v>
       </c>
       <c r="F5" t="s">
         <v>34</v>
       </c>
       <c r="G5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H5">
         <v>2012</v>
       </c>
       <c r="I5">
         <v>2015</v>
       </c>
       <c r="J5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M5" t="s">
         <v>38</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">