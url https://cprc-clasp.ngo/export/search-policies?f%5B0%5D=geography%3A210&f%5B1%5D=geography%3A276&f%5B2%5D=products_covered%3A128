--- v0 (2025-11-14)
+++ v1 (2026-01-28)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/6413</t>
   </si>
   <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
     <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
   </si>