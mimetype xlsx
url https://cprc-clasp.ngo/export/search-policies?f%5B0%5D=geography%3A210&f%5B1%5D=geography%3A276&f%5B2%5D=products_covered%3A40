--- v0 (2025-12-14)
+++ v1 (2026-01-28)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14349</t>
   </si>
   <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
     <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
   </si>