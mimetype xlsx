--- v0 (2025-11-06)
+++ v1 (2025-12-30)
@@ -113,50 +113,53 @@
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>November 2019</t>
@@ -398,83 +401,80 @@
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
     <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Malaysia</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Household Refrigerating Appliances) Determination 2019</t>
   </si>
   <si>
     <t>Refrigerators, freezers and refrigerator-freezers which intended for household or similar use and which: operate using the vapour compression cycle; and use mains electricity (230/240 Volts at 50 Hz) as the primary power source.</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4474:2018</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
@@ -518,69 +518,69 @@
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-freezers</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
@@ -1082,51 +1082,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="98.976" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1218,769 +1218,769 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
         <v>2018</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>1997</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D5" t="s">
         <v>32</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H5">
         <v>2012</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D6" t="s">
         <v>32</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2012</v>
       </c>
       <c r="I6">
         <v>2016</v>
       </c>
       <c r="J6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H7">
         <v>2016</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="P7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2011</v>
       </c>
       <c r="I9">
         <v>2023</v>
       </c>
       <c r="J9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C10" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>1986</v>
       </c>
       <c r="I10">
         <v>2018</v>
       </c>
       <c r="J10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2023</v>
       </c>
       <c r="I11">
         <v>2023</v>
       </c>
       <c r="J11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="M11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D12" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E12" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F12" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G12" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="H12"/>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="M12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G13" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H13">
         <v>2010</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="P13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E14" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F14" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G14" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H14">
         <v>2017</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="P14" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G15" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H15">
         <v>2013</v>
       </c>
       <c r="I15">
         <v>2024</v>
       </c>
       <c r="J15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="M15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B16" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C16" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="D16" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G16" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H16">
         <v>2025</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>138</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="M16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>139</v>
       </c>
       <c r="P16" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>141</v>
       </c>
       <c r="B17" t="s">
         <v>142</v>
       </c>
       <c r="C17" t="s">
         <v>143</v>
       </c>
       <c r="D17" t="s">
         <v>32</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G17" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H17">
         <v>2019</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>144</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
         <v>145</v>
       </c>
       <c r="M17" t="s">
         <v>146</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>147</v>
       </c>
       <c r="P17" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>149</v>
       </c>
       <c r="B18" t="s">
         <v>150</v>
       </c>
       <c r="C18" t="s">
         <v>151</v>
       </c>
       <c r="D18" t="s">
         <v>32</v>
       </c>
       <c r="E18" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F18" t="s">
         <v>152</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>1998</v>
       </c>
       <c r="I18">
         <v>2014</v>
       </c>
       <c r="J18" t="s">
         <v>153</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
         <v>154</v>
       </c>
       <c r="M18" t="s">
         <v>155</v>
       </c>
@@ -1989,645 +1989,645 @@
       </c>
       <c r="O18" t="s">
         <v>156</v>
       </c>
       <c r="P18" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>158</v>
       </c>
       <c r="B19" t="s">
         <v>159</v>
       </c>
       <c r="C19" t="s">
         <v>160</v>
       </c>
       <c r="D19" t="s">
         <v>161</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2008</v>
       </c>
       <c r="I19">
         <v>2020</v>
       </c>
       <c r="J19" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
         <v>162</v>
       </c>
       <c r="M19" t="s">
         <v>163</v>
       </c>
       <c r="N19" t="s">
         <v>164</v>
       </c>
       <c r="O19" t="s">
         <v>165</v>
       </c>
       <c r="P19" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>167</v>
       </c>
       <c r="B20" t="s">
         <v>168</v>
       </c>
       <c r="C20" t="s">
         <v>169</v>
       </c>
       <c r="D20" t="s">
         <v>170</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H20">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>171</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>172</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>173</v>
       </c>
       <c r="P20" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>175</v>
       </c>
       <c r="B21" t="s">
         <v>176</v>
       </c>
       <c r="C21" t="s">
         <v>169</v>
       </c>
       <c r="D21" t="s">
         <v>170</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H21">
         <v>2025</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>171</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>172</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>177</v>
       </c>
       <c r="P21" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>179</v>
       </c>
       <c r="B22" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C22" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D22" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2004</v>
       </c>
       <c r="I22">
         <v>2010</v>
       </c>
       <c r="J22" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
         <v>180</v>
       </c>
       <c r="P22" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>182</v>
       </c>
       <c r="B23" t="s">
         <v>183</v>
       </c>
       <c r="C23" t="s">
         <v>184</v>
       </c>
       <c r="D23" t="s">
         <v>32</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H23">
         <v>2013</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
         <v>185</v>
       </c>
       <c r="M23" t="s">
         <v>186</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>187</v>
       </c>
       <c r="P23" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>189</v>
       </c>
       <c r="B24" t="s">
         <v>190</v>
       </c>
       <c r="C24" t="s">
         <v>151</v>
       </c>
       <c r="D24" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E24" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2011</v>
       </c>
       <c r="I24">
         <v>2011</v>
       </c>
       <c r="J24" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
         <v>191</v>
       </c>
       <c r="M24" t="s">
         <v>155</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
         <v>192</v>
       </c>
       <c r="P24" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>194</v>
       </c>
       <c r="B25" t="s">
         <v>195</v>
       </c>
       <c r="C25" t="s">
         <v>196</v>
       </c>
       <c r="D25" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E25" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F25" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G25" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>197</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M25" t="s">
         <v>198</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>199</v>
       </c>
       <c r="P25" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>201</v>
       </c>
       <c r="B26" t="s">
         <v>202</v>
       </c>
       <c r="C26" t="s">
         <v>151</v>
       </c>
       <c r="D26" t="s">
         <v>32</v>
       </c>
       <c r="E26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F26" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2010</v>
       </c>
       <c r="I26">
         <v>2010</v>
       </c>
       <c r="J26" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
         <v>203</v>
       </c>
       <c r="M26" t="s">
         <v>155</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>204</v>
       </c>
       <c r="P26" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>206</v>
       </c>
       <c r="B27" t="s">
         <v>207</v>
       </c>
       <c r="C27" t="s">
         <v>208</v>
       </c>
       <c r="D27" t="s">
         <v>209</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G27" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H27">
         <v>2018</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>210</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
         <v>211</v>
       </c>
       <c r="P27" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>213</v>
       </c>
       <c r="B28" t="s">
         <v>214</v>
       </c>
       <c r="C28" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D28" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E28" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F28" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G28" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H28">
         <v>2020</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
         <v>215</v>
       </c>
       <c r="M28" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
         <v>216</v>
       </c>
       <c r="P28" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>218</v>
       </c>
       <c r="B29" t="s">
         <v>219</v>
       </c>
       <c r="C29" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D29" t="s">
         <v>32</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2007</v>
       </c>
       <c r="I29">
         <v>2015</v>
       </c>
       <c r="J29" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
         <v>220</v>
       </c>
       <c r="M29" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>221</v>
       </c>
       <c r="P29" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>223</v>
       </c>
       <c r="B30" t="s">
         <v>224</v>
       </c>
       <c r="C30" t="s">
         <v>225</v>
       </c>
       <c r="D30" t="s">
         <v>32</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2007</v>
       </c>
       <c r="I30">
         <v>2012</v>
       </c>
       <c r="J30" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
         <v>226</v>
       </c>
       <c r="M30" t="s">
         <v>227</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
         <v>228</v>
       </c>
       <c r="P30" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>230</v>
       </c>
       <c r="B31" t="s">
         <v>231</v>
       </c>
       <c r="C31" t="s">
         <v>232</v>
       </c>
       <c r="D31" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E31" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F31" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G31" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H31">
         <v>2016</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M31" t="s">
         <v>233</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>234</v>
       </c>
       <c r="P31" t="s">
         <v>235</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>