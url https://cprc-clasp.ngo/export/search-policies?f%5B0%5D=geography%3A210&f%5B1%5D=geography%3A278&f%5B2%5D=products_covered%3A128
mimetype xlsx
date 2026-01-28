--- v0 (2025-11-11)
+++ v1 (2026-01-28)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/6413</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Electric Water Heaters) Determination 2012</t>
   </si>
   <si>
     <t>Electric storage water heaters of the unvented type (displacement) without an attached feed tank. Heat exchanger models and low pressure (vented) models are not included at the present time.The following products are exempt from MEPS: Water heaters that use electric resistive heating to provide less than 50% of the energy supplied in a typical year (eg heat pump and solar water heaters) when simulated to AS 4234 under Climate Zone 3 with an energy delivery of 22.5 MJ/day for an electric boosting element and energisation profile specified by the manufacturer.</t>
   </si>