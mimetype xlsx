--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,89 +80,92 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Clothes Washing Machines) Determination 2015</t>
   </si>
   <si>
     <t>This policy applies to clothes washers which are intended for household or similar use.</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 2040.1:2005 AS/NZS 2040:2:2005</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-clothes-washing-machines-determination-2015</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Details/F2015L01816</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Rotary Clothes Dryers) Determination 2015</t>
   </si>
   <si>
     <t>Electric rotary clothes dryers intended for household and similar use. It does not specify safety requirements. Examples of appliances covered by this Standard include vented dryers, condenser dryers and the drying function of combination washer/dryer units.</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
@@ -549,51 +552,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="179.242" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="60.128" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -681,178 +684,178 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3">
         <v>1989</v>
       </c>
       <c r="I3">
         <v>2015</v>
       </c>
       <c r="J3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
         <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>34</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H4">
         <v>1989</v>
       </c>
       <c r="I4">
         <v>2015</v>
       </c>
       <c r="J4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H5">
         <v>2015</v>
       </c>
       <c r="I5">
         <v>2016</v>
       </c>
       <c r="J5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="M5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="N5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="O5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">