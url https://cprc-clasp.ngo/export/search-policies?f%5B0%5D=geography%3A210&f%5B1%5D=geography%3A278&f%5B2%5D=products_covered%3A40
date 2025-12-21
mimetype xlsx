--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14349</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
     <t>This Determination covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via: (a) a direct connection; or (b) an external power supply permanently connected to the product; or (c) an external power supply that can be disconnected from the product. Class 1 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution less than or equal to 1.1 MegaPixels. Class 2 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution greater than 1.1 MegaPixels. Class 3 Computer monitors with a diagonal screen size equal to or greater than 76 cm (30 inches) and equal to or less than 152 cm (60 inches)." "</t>
   </si>