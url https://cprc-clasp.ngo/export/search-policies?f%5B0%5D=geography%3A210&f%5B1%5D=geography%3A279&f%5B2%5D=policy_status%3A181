--- v0 (2025-11-06)
+++ v1 (2026-01-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,308 +104,230 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...5 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...22 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...5 lines deleted...]
-    <t>Storage Water Heaters</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Entered into force, New</t>
-  </si>
-[...13 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...20 lines deleted...]
-    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+    <t>BDS 101:1991 Electric boiling plates for domestic use</t>
+  </si>
+  <si>
+    <t>Requirements for electric boiling plates, open type and enclose type intended for operation on AC and DC circuits having voltage rating not exceeding 250 volts.</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>December 2020</t>
+  </si>
+  <si>
+    <t>Bangladesh Standards and Testing Institute</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bds-1011991-electric-boiling-plates-domestic-use</t>
+  </si>
+  <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
+    <t>BDS 1139:1986</t>
+  </si>
+  <si>
+    <t>This standard covers three-phase induction motors for voltages up to and including 11000 V and</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bds-11391986</t>
+  </si>
+  <si>
+    <t>https://www.bstibds.com/single_product/4919</t>
+  </si>
+  <si>
+    <t>BDS 1761:2006 Specification for energy efficiency rating for self-ballasted lamps</t>
+  </si>
+  <si>
+    <t>Specifices requirements for energy efficiency labeling of self ballasted lamps operating on mains supply of 230 V, a.c 50 Hz nominal, and method of measurement of electrical consumption and luminous flux for determination of efficiency if the lamps for the purpose of energy efficiency labeling</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
-[...64 lines deleted...]
-  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>BDS 1761:2006 EBDS-1734: 2003 or its revision; BDS-1735: 2003 or its revision; BDS-1761: 2006 or its revision</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-17612006-specification-energy-efficiency-rating-self-ballasted-lamps</t>
   </si>
   <si>
     <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
   </si>
   <si>
     <t>BDS 1761:2013 (1st revision)</t>
   </si>
   <si>
     <t>Energy efficiency rating for self-ballasted lamps (integral type compact florescent lamps)</t>
   </si>
   <si>
     <t>BDS 1734:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-17612013-1st-revision-0</t>
   </si>
   <si>
     <t>Ballast for tubular fluorescent lamps</t>
@@ -416,50 +338,53 @@
   <si>
     <t>BDS 1724:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-17612013-1st-revision</t>
   </si>
   <si>
     <t>BDS 17:2006 Tungsten filament lamps for domestic and similar general lighting purposes (Third Revision)</t>
   </si>
   <si>
     <t>Applies to incandescent lamps for general lighting for those lamps of 25 W to 200 W rating, 100 V to 250 V with a nominal life of 1000 hours. Also describes methods of test.</t>
   </si>
   <si>
     <t>BDS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-172006-tungsten-filament-lamps-domestic-and-similar-general-lighting-purposes-third</t>
   </si>
   <si>
     <t>BDS 1849:2012</t>
   </si>
   <si>
     <t>This standard covers the methods of determining the performance of self-contained Refrigerators/Freezers intended for household use.</t>
   </si>
   <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISO 7371; AS1430; AS 2575.2; SL 1230</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18492012</t>
   </si>
   <si>
     <t>BDS 1850:2012 Energy efficiency rating of household refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>This section of the standard specifies requirements for energy efficiency labeling of household electric refrigerators 'of the vapour compression type, together with a test method for determining the energy consumption of refrigerators that are capable of complying.</t>
   </si>
   <si>
     <t>BDS-1850 : 2012 (Energy Efficiency rating) ,BDS 1849 : 2011 (Performance standards)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18502012-energy-efficiency-rating-household-refrigerators-refrigerator-freezers-and</t>
   </si>
   <si>
     <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
     <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
@@ -534,50 +459,53 @@
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
   </si>
   <si>
     <t>BDS 563:1965 Electrical performance of power transformers</t>
   </si>
   <si>
     <t>Covers power transformers</t>
   </si>
   <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-5631965-electrical-performance-power-transformers</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
     <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
@@ -587,70 +515,50 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14008</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
     <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
-  </si>
-[...18 lines deleted...]
-    <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -954,73 +862,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P32"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="481.168" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="129.683" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1097,1473 +1005,1187 @@
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>48</v>
       </c>
       <c r="P5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>50</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>60</v>
       </c>
       <c r="P7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>62</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H8">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N8" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H9">
-        <v>2019</v>
+        <v>1991</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H10">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I10"/>
+        <v>1986</v>
+      </c>
+      <c r="I10">
+        <v>2006</v>
+      </c>
       <c r="J10" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="L10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="N10" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>86</v>
       </c>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H11">
-        <v>2014</v>
+        <v>2008</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="M11" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H12">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12"/>
+      <c r="L12" t="s">
+        <v>92</v>
+      </c>
       <c r="M12" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>77</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D13" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H13">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I13"/>
+        <v>2006</v>
+      </c>
+      <c r="I13">
+        <v>2013</v>
+      </c>
       <c r="J13" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="L13"/>
+      <c r="L13" t="s">
+        <v>96</v>
+      </c>
       <c r="M13" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C14" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
       <c r="D14" t="s">
-        <v>100</v>
+        <v>85</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H14">
-        <v>1991</v>
+        <v>2006</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
+        <v>74</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>75</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
         <v>101</v>
       </c>
-      <c r="K14" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="P14" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="C15" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
       <c r="D15" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H15">
-        <v>1986</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15"/>
+      <c r="L15" t="s">
+        <v>106</v>
+      </c>
       <c r="M15" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="P15" t="s">
-        <v>109</v>
+        <v>77</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>72</v>
+      </c>
+      <c r="D16" t="s">
+        <v>104</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16">
+        <v>2016</v>
+      </c>
+      <c r="J16" t="s">
+        <v>105</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
         <v>110</v>
       </c>
-      <c r="B16" t="s">
+      <c r="M16" t="s">
+        <v>75</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
         <v>111</v>
       </c>
-      <c r="C16" t="s">
-[...35 lines deleted...]
-      </c>
       <c r="P16" t="s">
-        <v>115</v>
+        <v>77</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="B17" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="C17" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
       <c r="D17" t="s">
-        <v>89</v>
+        <v>114</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>115</v>
       </c>
       <c r="G17" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H17">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I17"/>
+        <v>2012</v>
+      </c>
+      <c r="I17">
+        <v>2016</v>
+      </c>
       <c r="J17" t="s">
-        <v>101</v>
+        <v>74</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="M17" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="P17" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B18" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C18" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
       <c r="D18" t="s">
-        <v>121</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H18">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>101</v>
+        <v>74</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="M18" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="P18" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>122</v>
+      </c>
+      <c r="B19" t="s">
+        <v>123</v>
+      </c>
+      <c r="C19" t="s">
+        <v>72</v>
+      </c>
+      <c r="D19" t="s">
         <v>124</v>
-      </c>
-[...7 lines deleted...]
-        <v>89</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H19">
-        <v>2006</v>
-[...1 lines deleted...]
-      <c r="I19"/>
+        <v>1998</v>
+      </c>
+      <c r="I19">
+        <v>2012</v>
+      </c>
       <c r="J19" t="s">
-        <v>101</v>
+        <v>74</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="P19" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>126</v>
+      </c>
+      <c r="B20" t="s">
+        <v>127</v>
+      </c>
+      <c r="C20" t="s">
+        <v>72</v>
+      </c>
+      <c r="D20" t="s">
         <v>128</v>
-      </c>
-[...7 lines deleted...]
-        <v>32</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H20">
-        <v>2012</v>
+        <v>1990</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>130</v>
+        <v>74</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="L20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="P20" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B21" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C21" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
       <c r="D21" t="s">
-        <v>32</v>
+        <v>132</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H21">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>1990</v>
+      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>130</v>
+        <v>74</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="L21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="P21" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="B22" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="C22" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
       <c r="D22" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H22">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>1990</v>
+      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>101</v>
+        <v>74</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="L22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="P22" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="B23" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="C23" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
       <c r="D23" t="s">
-        <v>52</v>
+        <v>140</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H23">
         <v>2012</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>101</v>
+        <v>74</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="L23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="P23" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="B24" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="C24" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="E24" t="s">
-        <v>20</v>
+        <v>86</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>145</v>
       </c>
       <c r="H24">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>101</v>
+        <v>35</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="L24"/>
+      <c r="L24" t="s">
+        <v>146</v>
+      </c>
       <c r="M24" t="s">
-        <v>102</v>
+        <v>147</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="P24" t="s">
-        <v>104</v>
+        <v>149</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>150</v>
+      </c>
+      <c r="B25" t="s">
         <v>151</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H25">
-        <v>1990</v>
+        <v>2014</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>101</v>
+        <v>35</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="L25"/>
+      <c r="L25" t="s">
+        <v>153</v>
+      </c>
       <c r="M25" t="s">
-        <v>102</v>
+        <v>154</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="P25" t="s">
-        <v>104</v>
+        <v>156</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B26" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C26" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H26">
-        <v>1990</v>
+        <v>2017</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>101</v>
+        <v>35</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="L26"/>
+      <c r="L26" t="s">
+        <v>160</v>
+      </c>
       <c r="M26" t="s">
-        <v>102</v>
+        <v>26</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="P26" t="s">
-        <v>104</v>
-[...41 lines deleted...]
-      <c r="O27" t="s">
         <v>162</v>
-      </c>
-[...239 lines deleted...]
-        <v>192</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">