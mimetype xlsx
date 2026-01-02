--- v0 (2025-11-10)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,89 +80,92 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
     <t>CEL-031. Electric Clothes Washers</t>
   </si>
   <si>
     <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does not apply to those with washing capacity no larger than 1.0kg and those without dehydration function. For washer-dryer type only washing performance is considered.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 4288 2008 GB 12021.4-2013</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-031-electric-clothes-washers</t>
   </si>
   <si>
     <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B65_%E7%94%B5%E5%8A%A8%E6%B4%97%E8%A1%A3%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
   </si>
   <si>
     <t>CQC62-448121-2013. CQC Mark Certification - Electric Washing Machines</t>
   </si>
   <si>
     <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to those with washing capacity no larger than 1.0kg.</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
@@ -191,75 +194,69 @@
     <t>https://cprc-clasp.ngo/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
     <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
   </si>
@@ -597,55 +594,55 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="179.242" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="418.755" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="136.681" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -733,272 +730,274 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3">
         <v>2007</v>
       </c>
       <c r="I3">
         <v>2013</v>
       </c>
       <c r="J3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
         <v>32</v>
       </c>
       <c r="D4" t="s">
         <v>33</v>
       </c>
       <c r="E4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2013</v>
       </c>
       <c r="J4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>32</v>
       </c>
       <c r="D5" t="s">
         <v>33</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H5">
         <v>1989</v>
       </c>
       <c r="I5">
         <v>2013</v>
       </c>
       <c r="J5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>55</v>
       </c>
       <c r="E6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F6" t="s">
         <v>56</v>
       </c>
       <c r="G6" t="s">
+        <v>8</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2024</v>
+      </c>
+      <c r="J6" t="s">
         <v>57</v>
-      </c>
-[...5 lines deleted...]
-        <v>58</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
         <v>59</v>
       </c>
-      <c r="N6" t="s">
+      <c r="O6" t="s">
         <v>60</v>
       </c>
-      <c r="O6" t="s">
+      <c r="P6" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
       <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>44</v>
+      </c>
+      <c r="G7" t="s">
         <v>65</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
       <c r="H7">
         <v>2021</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">