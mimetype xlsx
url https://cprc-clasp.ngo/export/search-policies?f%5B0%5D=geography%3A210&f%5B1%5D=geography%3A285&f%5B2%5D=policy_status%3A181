--- v0 (2025-11-26)
+++ v1 (2026-01-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="253">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="222">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,273 +104,195 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...5 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...22 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...5 lines deleted...]
-    <t>Storage Water Heaters</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Entered into force, New</t>
-  </si>
-[...13 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...46 lines deleted...]
-  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Efficiency Labeling Scheme for Electric Storage Water Heaters</t>
   </si>
   <si>
     <t>This policy contains voluntary labeling requirements for electric storage water heaters. It applies to domestic electrical water heaters and storage in a thermally well-insulated container that has a device to control the water temperature, uses mains electricity as the only power source, and has a rated water storage capacity exceeding 50 L but not exceeding 300 L.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Water Heating</t>
   </si>
@@ -408,50 +330,53 @@
     <t>Energy Efficiency Labeling Scheme for Room Air Conditioners</t>
   </si>
   <si>
     <t>This policy contains voluntary labeling requirements for room air conditioners. It applies to air-cooled non-dusted room air-conditioners powered by electric current, either single unit or split system with a rated cooling capacity not exceeding 10 kW, and does not apply to fan-coil air conditioning units, heat pump, and water-cooled units. For room air conditioners with a reverse cycle heat pump, both the cooling and heating functions will be considered.</t>
   </si>
   <si>
     <t>ISO 5151
 ,   
                     ISO16358-2
 ,   
                      ISO16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-room-air-conditioners</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Room%20Air%20Conditioners%202021Jan%20_eng_v0.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
   </si>
   <si>
     <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
+    <t>Televisions</t>
+  </si>
+  <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Labeling Scheme for Washing Machines</t>
   </si>
   <si>
     <t>This policy contains voluntary labeling requirements for washing machines. It applies to washing machines used for cleaning and rinsing textiles that use water (with and without a means of extracting excess water from the textiles), use mains electricity as the primary power source, and have a rated washing capacity between 7–10 kg. It does not cover washing machines that use other energy sources or have no spin extraction capability.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456
 ,   
                     JIS C 9606</t>
   </si>
   <si>
@@ -478,70 +403,50 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14008</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
     <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
-  </si>
-[...18 lines deleted...]
-    <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
@@ -1142,73 +1047,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P39"/>
+  <dimension ref="A1:P33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="233.514" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1285,1853 +1190,1567 @@
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>48</v>
       </c>
       <c r="P5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>50</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>60</v>
       </c>
       <c r="P7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>62</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H8">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N8" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="H9">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9"/>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G10" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H10">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I10"/>
+        <v>2000</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
       <c r="J10" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="M10" t="s">
-        <v>35</v>
+        <v>84</v>
       </c>
       <c r="N10" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
         <v>81</v>
       </c>
-      <c r="B11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H11">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I11"/>
+        <v>1995</v>
+      </c>
+      <c r="I11">
+        <v>2021</v>
+      </c>
       <c r="J11" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
+        <v>90</v>
+      </c>
+      <c r="M11" t="s">
         <v>84</v>
       </c>
-      <c r="M11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>47</v>
       </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F12" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="I12">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="J12" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12"/>
+      <c r="L12" t="s">
+        <v>95</v>
+      </c>
       <c r="M12" t="s">
-        <v>35</v>
+        <v>84</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="D13" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F13" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H13">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I13"/>
+        <v>2003</v>
+      </c>
+      <c r="I13">
+        <v>2022</v>
+      </c>
       <c r="J13" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="L13"/>
+      <c r="L13" t="s">
+        <v>101</v>
+      </c>
       <c r="M13" t="s">
-        <v>35</v>
+        <v>84</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C14" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="D14" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E14" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G14" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H14">
+        <v>1997</v>
+      </c>
+      <c r="I14">
         <v>2021</v>
       </c>
-      <c r="I14"/>
       <c r="J14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="M14" t="s">
-        <v>102</v>
+        <v>84</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="P14" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="C15" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E15" t="s">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H15">
-        <v>2000</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="M15" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="P15" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B16" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="C16" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="E16" t="s">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H16">
-        <v>1995</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="M16" t="s">
-        <v>110</v>
+        <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="P16" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="B17" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="C17" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D17" t="s">
-        <v>52</v>
+        <v>125</v>
       </c>
       <c r="E17" t="s">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>58</v>
+        <v>126</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>1996</v>
+        <v>2008</v>
       </c>
       <c r="I17">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="J17" t="s">
-        <v>33</v>
+        <v>127</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="M17" t="s">
-        <v>110</v>
+        <v>129</v>
       </c>
       <c r="N17" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O17" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="P17" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="B18" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="C18" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D18" t="s">
-        <v>94</v>
+        <v>134</v>
       </c>
       <c r="E18" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F18" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="I18">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="J18" t="s">
-        <v>33</v>
+        <v>127</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>126</v>
+        <v>135</v>
       </c>
       <c r="M18" t="s">
-        <v>110</v>
+        <v>136</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="P18" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>129</v>
+        <v>139</v>
       </c>
       <c r="B19" t="s">
-        <v>130</v>
+        <v>140</v>
       </c>
       <c r="C19" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D19" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="E19" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F19" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>1997</v>
+        <v>2013</v>
       </c>
       <c r="I19">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="J19" t="s">
-        <v>33</v>
+        <v>142</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>132</v>
+        <v>143</v>
       </c>
       <c r="M19" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>133</v>
+        <v>145</v>
       </c>
       <c r="P19" t="s">
-        <v>134</v>
+        <v>146</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>135</v>
+        <v>147</v>
       </c>
       <c r="B20" t="s">
+        <v>148</v>
+      </c>
+      <c r="C20" t="s">
+        <v>81</v>
+      </c>
+      <c r="D20" t="s">
+        <v>149</v>
+      </c>
+      <c r="E20" t="s">
+        <v>73</v>
+      </c>
+      <c r="F20" t="s">
+        <v>52</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20">
+        <v>2020</v>
+      </c>
+      <c r="J20" t="s">
+        <v>142</v>
+      </c>
+      <c r="K20" t="s">
+        <v>150</v>
+      </c>
+      <c r="L20" t="s">
+        <v>151</v>
+      </c>
+      <c r="M20" t="s">
         <v>136</v>
       </c>
-      <c r="C20" t="s">
-[...29 lines deleted...]
-      </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>140</v>
+        <v>152</v>
       </c>
       <c r="P20" t="s">
-        <v>141</v>
+        <v>153</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>142</v>
+        <v>154</v>
       </c>
       <c r="B21" t="s">
-        <v>143</v>
+        <v>155</v>
       </c>
       <c r="C21" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="D21" t="s">
-        <v>144</v>
+        <v>156</v>
       </c>
       <c r="E21" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F21" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G21" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H21">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I21"/>
+        <v>2001</v>
+      </c>
+      <c r="I21">
+        <v>2020</v>
+      </c>
       <c r="J21" t="s">
-        <v>33</v>
+        <v>127</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>145</v>
+        <v>157</v>
       </c>
       <c r="M21" t="s">
-        <v>26</v>
+        <v>136</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>146</v>
+        <v>158</v>
       </c>
       <c r="P21" t="s">
-        <v>147</v>
+        <v>159</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>148</v>
+        <v>160</v>
       </c>
       <c r="B22" t="s">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="C22" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="D22" t="s">
-        <v>150</v>
+        <v>162</v>
       </c>
       <c r="E22" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F22" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G22" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H22">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I22"/>
+        <v>2004</v>
+      </c>
+      <c r="I22">
+        <v>2020</v>
+      </c>
       <c r="J22" t="s">
-        <v>33</v>
+        <v>127</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>151</v>
+        <v>163</v>
       </c>
       <c r="M22" t="s">
-        <v>26</v>
+        <v>136</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>152</v>
+        <v>164</v>
       </c>
       <c r="P22" t="s">
-        <v>153</v>
+        <v>165</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>154</v>
+        <v>166</v>
       </c>
       <c r="B23" t="s">
-        <v>155</v>
+        <v>167</v>
       </c>
       <c r="C23" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D23" t="s">
-        <v>156</v>
+        <v>168</v>
       </c>
       <c r="E23" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F23" t="s">
-        <v>157</v>
+        <v>52</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="I23">
         <v>2020</v>
       </c>
       <c r="J23" t="s">
-        <v>158</v>
+        <v>142</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>159</v>
+        <v>135</v>
       </c>
       <c r="M23" t="s">
-        <v>160</v>
+        <v>136</v>
       </c>
       <c r="N23" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="P23" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="B24" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="C24" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D24" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="E24" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F24" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2004</v>
+        <v>2012</v>
       </c>
       <c r="I24">
         <v>2020</v>
       </c>
       <c r="J24" t="s">
-        <v>158</v>
+        <v>35</v>
       </c>
       <c r="K24" t="s">
-        <v>24</v>
+        <v>150</v>
       </c>
       <c r="L24" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
       <c r="M24" t="s">
-        <v>167</v>
+        <v>84</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="P24" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="B25" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="C25" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D25" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="E25" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F25" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2013</v>
       </c>
       <c r="I25">
         <v>2020</v>
       </c>
       <c r="J25" t="s">
-        <v>173</v>
+        <v>35</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="L25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>175</v>
+        <v>84</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="P25" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B26" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C26" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D26" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="E26" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F26" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I26">
         <v>2020</v>
       </c>
       <c r="J26" t="s">
-        <v>173</v>
+        <v>35</v>
       </c>
       <c r="K26" t="s">
-        <v>181</v>
+        <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="M26" t="s">
-        <v>167</v>
+        <v>84</v>
       </c>
       <c r="N26" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O26" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="P26" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B27" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C27" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D27" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="E27" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F27" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="I27">
         <v>2020</v>
       </c>
       <c r="J27" t="s">
-        <v>158</v>
+        <v>142</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="L27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>167</v>
+        <v>136</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="P27" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B28" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C28" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D28" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="E28" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F28" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2004</v>
+        <v>2011</v>
       </c>
       <c r="I28">
         <v>2020</v>
       </c>
       <c r="J28" t="s">
-        <v>158</v>
+        <v>127</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="M28" t="s">
-        <v>167</v>
+        <v>136</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="P28" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B29" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C29" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D29" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="E29" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F29" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2006</v>
+        <v>2014</v>
       </c>
       <c r="I29">
         <v>2020</v>
       </c>
       <c r="J29" t="s">
-        <v>173</v>
+        <v>127</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>166</v>
+        <v>202</v>
       </c>
       <c r="M29" t="s">
-        <v>167</v>
+        <v>136</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="P29" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B30" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C30" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D30" t="s">
-        <v>204</v>
+        <v>168</v>
       </c>
       <c r="E30" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F30" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2012</v>
+        <v>2001</v>
       </c>
       <c r="I30">
         <v>2020</v>
       </c>
       <c r="J30" t="s">
-        <v>33</v>
+        <v>142</v>
       </c>
       <c r="K30" t="s">
-        <v>181</v>
+        <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>205</v>
+        <v>135</v>
       </c>
       <c r="M30" t="s">
-        <v>110</v>
+        <v>136</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="P30" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B31" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C31" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D31" t="s">
-        <v>210</v>
+        <v>195</v>
       </c>
       <c r="E31" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F31" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>2013</v>
+        <v>1998</v>
       </c>
       <c r="I31">
         <v>2020</v>
       </c>
       <c r="J31" t="s">
-        <v>33</v>
+        <v>127</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
-      <c r="L31"/>
+      <c r="L31" t="s">
+        <v>211</v>
+      </c>
       <c r="M31" t="s">
-        <v>110</v>
+        <v>136</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="P31" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B32" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C32" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D32" t="s">
-        <v>215</v>
+        <v>168</v>
       </c>
       <c r="E32" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F32" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
-        <v>2012</v>
+        <v>2000</v>
       </c>
       <c r="I32">
         <v>2020</v>
       </c>
       <c r="J32" t="s">
-        <v>33</v>
+        <v>142</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
+        <v>135</v>
+      </c>
+      <c r="M32" t="s">
+        <v>136</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
         <v>216</v>
       </c>
-      <c r="M32" t="s">
-[...5 lines deleted...]
-      <c r="O32" t="s">
+      <c r="P32" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>218</v>
+      </c>
+      <c r="B33" t="s">
         <v>219</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D33" t="s">
-        <v>221</v>
+        <v>168</v>
       </c>
       <c r="E33" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F33" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="I33">
         <v>2020</v>
       </c>
       <c r="J33" t="s">
-        <v>173</v>
+        <v>142</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
-      <c r="L33"/>
+      <c r="L33" t="s">
+        <v>135</v>
+      </c>
       <c r="M33" t="s">
-        <v>167</v>
+        <v>136</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="P33" t="s">
-        <v>223</v>
-[...299 lines deleted...]
-        <v>252</v>
+        <v>221</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">