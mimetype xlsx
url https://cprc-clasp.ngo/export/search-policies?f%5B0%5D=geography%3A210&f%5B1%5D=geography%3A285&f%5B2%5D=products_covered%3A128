--- v0 (2025-11-09)
+++ v1 (2025-12-29)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/6413</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>