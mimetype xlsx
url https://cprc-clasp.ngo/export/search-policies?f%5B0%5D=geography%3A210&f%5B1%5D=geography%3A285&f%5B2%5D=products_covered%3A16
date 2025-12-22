--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14349</t>
   </si>
   <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
   </si>
   <si>
     <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>