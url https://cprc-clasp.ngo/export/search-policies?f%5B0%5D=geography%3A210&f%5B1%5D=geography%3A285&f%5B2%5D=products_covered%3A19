--- v0 (2025-11-08)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,92 +80,95 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
     <t>Energy Efficiency Labeling Scheme for Washing Machines</t>
   </si>
   <si>
     <t>This policy contains voluntary labeling requirements for washing machines. It applies to washing machines used for cleaning and rinsing textiles that use water (with and without a means of extracting excess water from the textiles), use mains electricity as the primary power source, and have a rated washing capacity between 7–10 kg. It does not cover washing machines that use other energy sources or have no spin extraction capability.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>IEC 60456
 ,   
                     JIS C 9606</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-washing-machines</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Washing%20Machines%202021%20Jan_eng_v1.pdf</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
@@ -527,51 +530,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="179.242" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="233.514" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -659,128 +662,128 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>34</v>
       </c>
       <c r="F3" t="s">
         <v>35</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H3">
         <v>1997</v>
       </c>
       <c r="I3">
         <v>2021</v>
       </c>
       <c r="J3" t="s">
         <v>23</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
         <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H4">
         <v>2008</v>
       </c>
       <c r="I4">
         <v>2020</v>
       </c>
       <c r="J4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="O4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="P4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">