--- v0 (2025-11-08)
+++ v1 (2025-12-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,84 +80,87 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
+  </si>
+  <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
+    <t>Hong Kong SAR of China</t>
+  </si>
+  <si>
+    <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>Entered into force, Revised</t>
-  </si>
-[...31 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electronic Ballasts</t>
   </si>
   <si>
     <t>The provisions of this scheme shall apply to electronic ballasts that are designed for standard fluorescent lamps: for linear, circular and compact types; HID lamps including high pressure sodium lamps and metal halide lamps. The electronic ballasts must be capable of being powered from either a 220V 50Hz AC supply or an appropriate DC power source.</t>
   </si>
@@ -683,228 +686,228 @@
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>31</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2008</v>
       </c>
       <c r="I3">
         <v>2020</v>
       </c>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2004</v>
       </c>
       <c r="I4">
         <v>2020</v>
       </c>
       <c r="J4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H5">
         <v>2011</v>
       </c>
       <c r="I5">
         <v>2020</v>
       </c>
       <c r="J5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H6">
         <v>1998</v>
       </c>
       <c r="I6">
         <v>2020</v>
       </c>
       <c r="J6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">