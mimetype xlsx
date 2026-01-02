--- v0 (2025-11-10)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/6413</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Storage Water Heaters</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
 (a) Closed waters heaters:
@@ -143,50 +143,53 @@
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 2082:1993 and clause 15 of IS 302-2-21:2011</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-storage-water-heaters</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
   </si>
   <si>
     <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
   </si>
   <si>
     <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
   </si>
   <si>
     <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -697,76 +700,76 @@
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
       </c>
       <c r="B4" t="s">
         <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>41</v>
       </c>
       <c r="F4" t="s">
         <v>32</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H4">
         <v>2019</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="L4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M4" t="s">
         <v>36</v>
       </c>
       <c r="N4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">