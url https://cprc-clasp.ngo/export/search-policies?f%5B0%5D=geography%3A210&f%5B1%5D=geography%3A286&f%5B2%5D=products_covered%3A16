--- v0 (2025-11-12)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14349</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
@@ -159,50 +159,53 @@
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
   </si>
   <si>
     <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
 The standard specifies the ultra-high definition televisions must meet the</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
   </si>
   <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
     <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
   </si>
   <si>
@@ -859,318 +862,318 @@
       </c>
       <c r="P4" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>46</v>
       </c>
       <c r="B5" t="s">
         <v>47</v>
       </c>
       <c r="C5" t="s">
         <v>38</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>39</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="H5">
         <v>2023</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M5" t="s">
         <v>43</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
         <v>38</v>
       </c>
       <c r="D6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="H6">
         <v>2011</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M6" t="s">
         <v>43</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
         <v>38</v>
       </c>
       <c r="D7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="H7">
         <v>2014</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="M7" t="s">
         <v>43</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E8" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F8" t="s">
         <v>39</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="H8">
         <v>2013</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>23</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M8" t="s">
         <v>43</v>
       </c>
       <c r="N8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="O8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
         <v>38</v>
       </c>
       <c r="D9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>39</v>
       </c>
       <c r="G9" t="s">
         <v>40</v>
       </c>
       <c r="H9">
         <v>2014</v>
       </c>
       <c r="I9">
         <v>2016</v>
       </c>
       <c r="J9" t="s">
         <v>23</v>
       </c>
       <c r="K9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M9" t="s">
         <v>43</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C10" t="s">
         <v>38</v>
       </c>
       <c r="D10" t="s">
         <v>19</v>
       </c>
       <c r="E10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F10" t="s">
         <v>39</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="H10">
         <v>2021</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>23</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="M10" t="s">
         <v>43</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P10" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">