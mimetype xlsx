--- v0 (2025-11-06)
+++ v1 (2025-12-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
@@ -132,162 +132,165 @@
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>Efficiency Policy for Chillers</t>
+  </si>
+  <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>IS 16590 with all amendments</t>
+  </si>
+  <si>
+    <t>Bureau of Energy Efficiency (BEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/efficiency-policy-chillers</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Ceiling Fans</t>
+  </si>
+  <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
+  </si>
+  <si>
+    <t>December 2024</t>
+  </si>
+  <si>
+    <t>IS 374:2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ceiling-fans</t>
+  </si>
+  <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
+    <t>Air Conditioning</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...67 lines deleted...]
-    <t>Air Conditioning</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IS 1391:2018 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-light-commercial-air-conditioners</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
   </si>
   <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
@@ -760,56 +763,56 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="192.239" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="569.718" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="570.861" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="123.827" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -947,99 +950,99 @@
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>
@@ -1139,518 +1142,518 @@
       <c r="O7" t="s">
         <v>65</v>
       </c>
       <c r="P7"/>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
         <v>67</v>
       </c>
       <c r="C8" t="s">
         <v>58</v>
       </c>
       <c r="D8" t="s">
         <v>68</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>60</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H8">
         <v>2009</v>
       </c>
       <c r="I8">
         <v>2024</v>
       </c>
       <c r="J8" t="s">
         <v>69</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
         <v>70</v>
       </c>
       <c r="M8" t="s">
         <v>64</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>71</v>
       </c>
       <c r="P8" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>73</v>
       </c>
       <c r="B9" t="s">
         <v>74</v>
       </c>
       <c r="C9" t="s">
         <v>58</v>
       </c>
       <c r="D9" t="s">
         <v>75</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>60</v>
       </c>
       <c r="G9" t="s">
-        <v>52</v>
+        <v>76</v>
       </c>
       <c r="H9">
         <v>2023</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M9" t="s">
         <v>64</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C10" t="s">
         <v>58</v>
       </c>
       <c r="D10" t="s">
         <v>37</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>60</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H10">
         <v>2011</v>
       </c>
       <c r="I10">
         <v>2022</v>
       </c>
       <c r="J10" t="s">
         <v>23</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="M10" t="s">
         <v>64</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C11" t="s">
         <v>58</v>
       </c>
       <c r="D11" t="s">
         <v>37</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>60</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H11">
         <v>2007</v>
       </c>
       <c r="I11">
         <v>2024</v>
       </c>
       <c r="J11" t="s">
         <v>69</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="M11" t="s">
         <v>64</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C12" t="s">
         <v>58</v>
       </c>
       <c r="D12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>51</v>
       </c>
       <c r="G12" t="s">
         <v>8</v>
       </c>
       <c r="H12">
         <v>2007</v>
       </c>
       <c r="I12">
         <v>2025</v>
       </c>
       <c r="J12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>64</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C13" t="s">
         <v>58</v>
       </c>
       <c r="D13" t="s">
         <v>37</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>60</v>
       </c>
       <c r="G13" t="s">
-        <v>52</v>
+        <v>76</v>
       </c>
       <c r="H13">
         <v>2015</v>
       </c>
       <c r="I13">
         <v>2022</v>
       </c>
       <c r="J13" t="s">
         <v>23</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M13" t="s">
         <v>64</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B14" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C14" t="s">
         <v>58</v>
       </c>
       <c r="D14" t="s">
         <v>59</v>
       </c>
       <c r="E14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F14" t="s">
         <v>60</v>
       </c>
       <c r="G14" t="s">
-        <v>52</v>
+        <v>76</v>
       </c>
       <c r="H14">
         <v>2018</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="M14" t="s">
         <v>64</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C15" t="s">
         <v>58</v>
       </c>
       <c r="D15" t="s">
         <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F15" t="s">
         <v>60</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H15">
         <v>2020</v>
       </c>
       <c r="I15">
         <v>2023</v>
       </c>
       <c r="J15" t="s">
         <v>69</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M15" t="s">
         <v>64</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C16" t="s">
         <v>58</v>
       </c>
       <c r="D16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E16" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F16" t="s">
         <v>60</v>
       </c>
       <c r="G16" t="s">
-        <v>52</v>
+        <v>76</v>
       </c>
       <c r="H16">
         <v>2024</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>69</v>
       </c>
       <c r="K16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M16" t="s">
         <v>64</v>
       </c>
       <c r="N16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="O16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D17" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E17" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F17" t="s">
         <v>60</v>
       </c>
       <c r="G17" t="s">
         <v>61</v>
       </c>
       <c r="H17">
         <v>2025</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="M17" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="P17" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">