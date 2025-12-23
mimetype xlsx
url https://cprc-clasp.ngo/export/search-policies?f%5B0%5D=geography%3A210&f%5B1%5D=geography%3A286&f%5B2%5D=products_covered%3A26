--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,87 +80,90 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>ICS 23.080</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standards and Quality</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
+  </si>
+  <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
+    <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
+  </si>
+  <si>
+    <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Agricultural Pumps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...34 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
   </si>
   <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
     <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
@@ -511,51 +514,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="438.75" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="119.114" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -641,126 +644,126 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3">
         <v>2015</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>23</v>
       </c>
       <c r="K3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
         <v>32</v>
       </c>
       <c r="D4" t="s">
         <v>33</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>34</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H4">
         <v>2008</v>
       </c>
       <c r="I4">
         <v>2019</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">