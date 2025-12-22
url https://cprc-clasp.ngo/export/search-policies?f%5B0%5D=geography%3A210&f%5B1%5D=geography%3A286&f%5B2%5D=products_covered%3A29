--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,84 +80,87 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
+  </si>
+  <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>Entered into force, Revised</t>
-  </si>
-[...31 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
     <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
@@ -659,178 +662,178 @@
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>31</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2015</v>
       </c>
       <c r="I3">
         <v>2023</v>
       </c>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2009</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F5" t="s">
         <v>33</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H5">
         <v>2013</v>
       </c>
       <c r="I5">
         <v>2016</v>
       </c>
       <c r="J5" t="s">
         <v>23</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">