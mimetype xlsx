--- v0 (2025-11-07)
+++ v1 (2025-12-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -111,50 +111,53 @@
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
     <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
   </si>
   <si>
     <t>India</t>
   </si>
@@ -670,176 +673,176 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
         <v>2018</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2023</v>
       </c>
       <c r="I4">
         <v>2023</v>
       </c>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H5">
         <v>2020</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">