--- v0 (2025-11-26)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="164">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,301 +104,223 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...5 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...22 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...5 lines deleted...]
-    <t>Storage Water Heaters</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Entered into force, New</t>
-  </si>
-[...13 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...46 lines deleted...]
-  <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
     <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
     <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
     <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
@@ -406,70 +328,50 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14008</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
     <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
-  </si>
-[...18 lines deleted...]
-    <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Saving Labeling Program - Air Conditioners</t>
   </si>
   <si>
     <t>Cooling and heating for home-use; wall-hung and non-ducted type; for home-use and other uses. Manufacturers can affix the Energy-Saving Label on their products. This label typically consists of the energy conservation logo, information on target year, achievement rate of energy efficiency standards, and energy consumption efficiency. Participation in the Energy Saving Labeling Program is voluntary.</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-air-conditioners</t>
   </si>
   <si>
     <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
     <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
 to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
@@ -969,73 +871,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P30"/>
+  <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="527.157" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="216.947" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="173.243" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1112,1389 +1014,1103 @@
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>48</v>
       </c>
       <c r="P5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>50</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>60</v>
       </c>
       <c r="P7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>62</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H8">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N8" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H9">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I9"/>
+        <v>1979</v>
+      </c>
+      <c r="I9">
+        <v>2018</v>
+      </c>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9"/>
+      <c r="L9" t="s">
+        <v>74</v>
+      </c>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="H10">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="M10" t="s">
-        <v>35</v>
+        <v>84</v>
       </c>
       <c r="N10" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H11">
         <v>2014</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="M11" t="s">
-        <v>35</v>
+        <v>91</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H12">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12"/>
+      <c r="L12" t="s">
+        <v>97</v>
+      </c>
       <c r="M12" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D13" t="s">
-        <v>94</v>
+        <v>47</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="F13" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H13">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I13"/>
+        <v>2000</v>
+      </c>
+      <c r="I13">
+        <v>2012</v>
+      </c>
       <c r="J13" t="s">
-        <v>33</v>
+        <v>102</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>35</v>
+        <v>103</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="C14" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="D14" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>1979</v>
+        <v>2013</v>
       </c>
       <c r="I14">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="J14" t="s">
-        <v>33</v>
+        <v>110</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="M14" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="P14" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="C15" t="s">
-        <v>18</v>
+        <v>117</v>
       </c>
       <c r="D15" t="s">
-        <v>107</v>
+        <v>118</v>
       </c>
       <c r="E15" t="s">
-        <v>108</v>
+        <v>81</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G15" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H15">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I15"/>
+        <v>1994</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
       <c r="J15" t="s">
-        <v>33</v>
+        <v>110</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="M15" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="P15" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="B16" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="C16" t="s">
-        <v>18</v>
+        <v>124</v>
       </c>
       <c r="D16" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="F16" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G16" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H16">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I16"/>
+        <v>1992</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
       <c r="J16" t="s">
-        <v>33</v>
+        <v>110</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="M16" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="P16" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="B17" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="C17" t="s">
-        <v>18</v>
+        <v>117</v>
       </c>
       <c r="D17" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="E17" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G17" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H17">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I17"/>
+        <v>2001</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
       <c r="J17" t="s">
-        <v>33</v>
+        <v>110</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="M17" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="P17" t="s">
-        <v>125</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>126</v>
+        <v>135</v>
       </c>
       <c r="B18" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="C18" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D18" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="E18" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="F18" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G18" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H18">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I18"/>
+        <v>2004</v>
+      </c>
+      <c r="I18">
+        <v>2011</v>
+      </c>
       <c r="J18" t="s">
-        <v>33</v>
+        <v>137</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="L18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>26</v>
+        <v>103</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="P18" t="s">
-        <v>131</v>
+        <v>105</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="B19" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="C19" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
       <c r="D19" t="s">
-        <v>52</v>
+        <v>141</v>
       </c>
       <c r="E19" t="s">
-        <v>108</v>
+        <v>81</v>
       </c>
       <c r="F19" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2000</v>
+        <v>2006</v>
       </c>
       <c r="I19">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="J19" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="K19" t="s">
-        <v>24</v>
+        <v>142</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>135</v>
+        <v>103</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="P19" t="s">
-        <v>137</v>
+        <v>105</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B20" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="C20" t="s">
-        <v>140</v>
+        <v>72</v>
       </c>
       <c r="D20" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="E20" t="s">
-        <v>108</v>
+        <v>81</v>
       </c>
       <c r="F20" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="I20">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="J20" t="s">
+        <v>137</v>
+      </c>
+      <c r="K20" t="s">
         <v>142</v>
       </c>
-      <c r="K20" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
-        <v>144</v>
+        <v>103</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="P20" t="s">
-        <v>146</v>
+        <v>105</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>147</v>
       </c>
       <c r="B21" t="s">
         <v>148</v>
       </c>
       <c r="C21" t="s">
+        <v>72</v>
+      </c>
+      <c r="D21" t="s">
         <v>149</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>108</v>
+        <v>81</v>
       </c>
       <c r="F21" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>1994</v>
+        <v>2009</v>
       </c>
       <c r="I21">
-        <v>2020</v>
+        <v>2011</v>
       </c>
       <c r="J21" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="L21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>144</v>
+        <v>103</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="P21" t="s">
-        <v>153</v>
+        <v>105</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="B22" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C22" t="s">
-        <v>156</v>
+        <v>72</v>
       </c>
       <c r="D22" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="E22" t="s">
-        <v>108</v>
+        <v>81</v>
       </c>
       <c r="F22" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>1992</v>
+        <v>2006</v>
       </c>
       <c r="I22">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="J22" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="L22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>144</v>
+        <v>103</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="P22" t="s">
-        <v>160</v>
+        <v>105</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="B23" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="C23" t="s">
-        <v>149</v>
+        <v>72</v>
       </c>
       <c r="D23" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="E23" t="s">
-        <v>108</v>
+        <v>81</v>
       </c>
       <c r="F23" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2001</v>
+        <v>2008</v>
       </c>
       <c r="I23">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="J23" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="L23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>144</v>
+        <v>103</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="P23" t="s">
-        <v>166</v>
+        <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="B24" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="C24" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
       <c r="D24" t="s">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="E24" t="s">
-        <v>108</v>
+        <v>81</v>
       </c>
       <c r="F24" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H24">
-        <v>2004</v>
-[...3 lines deleted...]
-      </c>
+        <v>2006</v>
+      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>169</v>
+        <v>137</v>
       </c>
       <c r="K24" t="s">
-        <v>24</v>
+        <v>162</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>135</v>
+        <v>103</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="P24" t="s">
-        <v>137</v>
-[...285 lines deleted...]
-        <v>137</v>
+        <v>105</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">