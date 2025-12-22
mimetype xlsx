--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14349</t>
   </si>
   <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
     <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>