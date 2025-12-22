--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
@@ -132,93 +132,93 @@
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14009</t>
   </si>
   <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
     <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
@@ -240,50 +240,53 @@
     <t>Cooling and heating for home-use; wall-hung and non-ducted type; for home-use and other uses. Manufacturers can affix the Energy-Saving Label on their products. This label typically consists of the energy conservation logo, information on target year, achievement rate of energy efficiency standards, and energy consumption efficiency. Participation in the Energy Saving Labeling Program is voluntary.</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-air-conditioners</t>
   </si>
   <si>
     <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Space heaters</t>
   </si>
   <si>
     <t>Space heaters using gas or oil for fuel</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-space-heaters</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -606,55 +609,55 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="527.157" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="216.947" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="75.41" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="173.243" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -792,99 +795,99 @@
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>
@@ -938,169 +941,169 @@
       </c>
       <c r="P6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>56</v>
       </c>
       <c r="B7" t="s">
         <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>58</v>
       </c>
       <c r="D7" t="s">
         <v>59</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>51</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H7">
         <v>1979</v>
       </c>
       <c r="I7">
         <v>2018</v>
       </c>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>60</v>
       </c>
       <c r="M7" t="s">
         <v>61</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>62</v>
       </c>
       <c r="P7" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>64</v>
       </c>
       <c r="B8" t="s">
         <v>65</v>
       </c>
       <c r="C8" t="s">
         <v>58</v>
       </c>
       <c r="D8" t="s">
         <v>37</v>
       </c>
       <c r="E8" t="s">
         <v>66</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H8">
         <v>2000</v>
       </c>
       <c r="I8">
         <v>2012</v>
       </c>
       <c r="J8" t="s">
         <v>67</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>68</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>69</v>
       </c>
       <c r="P8" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>71</v>
       </c>
       <c r="B9" t="s">
         <v>72</v>
       </c>
       <c r="C9" t="s">
         <v>58</v>
       </c>
       <c r="D9" t="s">
         <v>73</v>
       </c>
       <c r="E9" t="s">
         <v>66</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="H9">
         <v>2006</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="K9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>68</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P9" t="s">
         <v>70</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>